--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -14,191 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 18:12</t>
-[...23 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 03/03/2026 01:43</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR 892 CALIENTE/FRIO/NATURAL - 220V</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H1 - 6000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO SONY MDR-ZX110 / ROSA</t>
-[...26 lines deleted...]
-    <t>Umidificadores</t>
+    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-100E 220V ULTRA</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450W  110V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LINKASE AMPLIFICADOR DE SINAL 3G E WIFI PARA IPHONE 5 BRANCO</t>
-[...20 lines deleted...]
-    <t>BATERIA MOX REG. 9V / 320MAH</t>
+    <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
+  </si>
+  <si>
+    <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
-    <t>DVR X-TECH XT-DV104 PARA 4 CAMERAS</t>
-[...29 lines deleted...]
-    <t>PROSPER</t>
+    <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 814 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450E  220V</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R03</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f19c11f0843536e57c89f27ff2358d37.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec6601a9973e91b0e29d95496985ade.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bede52d53313fbf4879488dc1c73a4e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb03f343550d119373eb214b9be18bd6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14df133525096c52e0752a92e580e797.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec28fd2e858a77071e5770517a5aabe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17aeb36347644f621d789f771b2e14e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9445bd2ab8de41eda3a97815f90ca34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732f561bde0a1419003c012163a55ce8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5423105fd632cc07f0ed7847f4bf3315.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda143883ba49a4293b163229aa1f33e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81256ec69a3a8eb7f842ea6238a15977.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37eeea46c5d13dc1580bf13ddbc2973f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f8f0b87b3d02ddfb3a1d51ce7d46245.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2a376f4b7c42bdffd6c492bca4606f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa379ecae51ef9bf03a9ff1907f65a50.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f5248a91f7c8949a2874596e67d2bd8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b451e569999ca556202afd2b4e052202.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/597bd7567529ef708a24dfab58c64bbd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57283b880d8d717d569104bdeedb518.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee6a58351577719a2aecee0e8f63795.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7970c2471c98c6b7afb284b14ffdfbc0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e940b279a716c7ad725832eff3f0bf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0da2b45f1aa393de536b64ce9dcaaf2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a97505752c28fdc36cc203ed9a7a0ed.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415f0ab79ce6170ed997b494de6175d6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b71f21d73c3dccda7a568d4e9e9747.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158fdfc658111f13ab81266d12d6cd7f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8ff56ea4992a52ff812d3f7b1e49ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c5ae0c86fcad06158ebb9ff5124ae9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829b45a18d24e07f585301a2532300aa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856671fbcccb8a956e299c8f65a09a64.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/497d141a6eafac7b00784089612e3d2f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feb74b630898cffee0a3423947a656fb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d51103d4e48d5faaec8f54ed61b434.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9357f2c5160128c183c01a3d40b53d3c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7579d990a7850685fe9918f8f290ef4b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26d7f0fa4a13980884faa7830f00869e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adc8d15d9481d42b312994cf197db8c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dbc31c9e1653bf2de83ccc3cb6f2f84.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>272520</v>
+        <v>113755</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.3</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>271288</v>
+        <v>113748</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>266178</v>
+        <v>113014</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>0.99</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>260824</v>
+        <v>111867</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>260817</v>
+        <v>109284</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>11.75</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>259156</v>
+        <v>103268</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0.95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>258951</v>
+        <v>102230</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>5.6</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>258944</v>
+        <v>99974</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>5.6</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>258289</v>
+        <v>98625</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>258272</v>
+        <v>98335</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>258258</v>
+        <v>96249</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>258241</v>
+        <v>95174</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>258227</v>
+        <v>93408</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>257121</v>
+        <v>92227</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>254441</v>
+        <v>90971</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>3.3</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>252843</v>
+        <v>89050</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>52.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>252119</v>
+        <v>88671</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>1.46</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>252102</v>
+        <v>87858</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>1.46</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>252096</v>
+        <v>87261</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>1.46</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>250344</v>
+        <v>84901</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>