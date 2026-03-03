--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -14,191 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/12/2025 13:50</t>
-[...5 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 03/03/2026 03:14</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-6994 6X9 2300W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
-[...17 lines deleted...]
-    <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
+    <t>FOGAO ELETRICO MEGASTAR HE-9612 (1 BOCA) - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CARGADOR P/CAMARA CASIO BK-629 (NP-60) GENERICO</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>DVD AUTOMOTIVO PYRAMIDE PD7951 RET.7" TV/USB/SD</t>
+  </si>
+  <si>
+    <t>DVD Automotivo</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR   12" RS-1283    1400W</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>TELESCOPIO LAND &amp; SKY  STAR 36050  - MALETA</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...50 lines deleted...]
-    <t>Balan�as de Bagagem</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-113 / INOX / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
+  </si>
+  <si>
+    <t>MICROFONE MEGASTAR DMH-355 COM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>VIDEO MEMO ORANGE - OR-VM008 - ROSA</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO TEMP/UMEDAD ID-16S</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>BATERIA PHILIPS 9V ALKALINA</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2316 - USB - SD - RADIO FM - BLUETOOTH</t>
-[...26 lines deleted...]
-    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 4 PCS</t>
+    <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H-1 - 8000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>KIT XENON HID H7 - 800K</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b918b3c45f40bed284fc05006aaa784.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61cfdf45c12e4780c98a663bebc53fc7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593538b75980a688848a4746b2743837.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe83228c0c0c3eca59496420278e759.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f19fb33fe71ba4657a37a6dd7e97ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b802b2ff07248be003aaeb76df744b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f380e5264a938ae297826f6b3aef70.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec1cdf42d94236d1f2262a780b70a7c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11b2cfb5505c66373b7860e12bafb27.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ef57c54daafe1d9a2754a19fa9da1f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdfd5ee63a3ea2ec75f7c3bd33e3c63.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0771597ceda3fc354f3380aaa1bf1773.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6efa9b7d08e76097a803cabdac02b5ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6adc1013acfc620f99d7f9e721f884d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95574163d28b89b51b5f0134f2e73edf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5654f73a83261c68ebd61ca30f2901.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2a5f10150054a2e2b4f32d827ee521.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2ccaf20ea03df1ee6922d03aec7637.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c385ca96f9337de8874ac4ca4dbffef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a67729ad24ab84dbc889a165a115dcf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396f96421748f61fe46ba0f7ab807dd4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44199ad329631b13eac1cf04854780b6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/568bf8d4bdf732e17255dd59107435bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ffef2165edd53a7954df3f01878f447.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1662bc9802226d79df2ebef5d4386d3f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27184bd58035425d90d8af81866091d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37631978a470c9cd118ef09648dadd00.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe37dfe52ceb3396d23eaadd415f2758.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff7108ff5b985efffa4afd8807df050.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad042129c97b27f60742fcc9841582b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e168588daaa4e05bd88c734f8ad0aa98.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef87d76b9750aa2e3ee7a37fa756e1bf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46462c0a68ba17fed87a3d088672eb8a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77421d8f3eb2f5142c2e4a4d9389c80c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147916fd044debb4d57c5fd4dc0f9bfe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca550f98a98b457c850f61394fc018be.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7559b67474e12a3867718e5c86f7fe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf5e450732bdb3f486c3c38c404834d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755f0625044e659abc096d79c4c3558a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd39650c4992955eaf4bf96593220d7e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>285247</v>
+        <v>151566</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.95</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>285001</v>
+        <v>149570</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>284998</v>
+        <v>148634</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>284974</v>
+        <v>145497</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>284967</v>
+        <v>142991</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>284103</v>
+        <v>141505</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>283557</v>
+        <v>140140</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>122.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>282550</v>
+        <v>140065</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>281386</v>
+        <v>140058</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>281003</v>
+        <v>139595</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>280174</v>
+        <v>139557</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>279680</v>
+        <v>139366</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>2.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>278782</v>
+        <v>138826</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>1.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>275415</v>
+        <v>137089</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>275255</v>
+        <v>133562</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>275187</v>
+        <v>132930</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>0.9</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>274968</v>
+        <v>122825</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>50.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>272964</v>
+        <v>117982</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>272599</v>
+        <v>115216</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>2.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>272575</v>
+        <v>114202</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>