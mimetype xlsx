--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -14,209 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/12/2025 13:46</t>
-[...5 lines deleted...]
-    <t>Fone com fio</t>
+    <t>Lista gerada no: 03/03/2026 03:21</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TRANSCODER P/PS2 PLAY GAME</t>
+  </si>
+  <si>
+    <t>PDP</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATEARIA CELULAR DR.HANK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>F F TDK 8MM  (02UN)</t>
+  </si>
+  <si>
+    <t>TDK</t>
+  </si>
+  <si>
+    <t>XENON HID KIT  (H-7) 10000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>F F MAXEEL TC-30 ( UNIDADE )</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R05</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE 2 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAPA PARA CAMERA PROFISSIONAL (HX-300 / S-4080) FINEPIX</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>MODULO ROADSTAR RS-2000.4FRD - FULL RANGE DIG</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600.1FRD FULL RANGE DIG.</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ROADSTAR RS-108EP / LILAS</t>
-[...125 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>CARGADOR  DE RADIO COMUNICADOR TALKA BOUT  P-MH,MJ,MR WLUSB</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>ACESSOSRIO GOPRO AHDAF-001 - ANTI NEBLINA</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>SOPORTE P/TV -LEVEL 21"/42" LV-2142 FIJO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>WAWTERPIK WP-300E - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1594 5POL/800W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f2b4ec08d98bb280271d89ef5fda5d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a229b3080e39c32135706fca224362.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d09bf7b19e6ff2f9c0d850d5bf457a6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4643bd7685263caf190fd562453b45ff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13fb00e3eaee583ac2c55d1df2515efa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da9d52b637c1910c8f985a46bb74691.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fa3ee906b5ec1f2c6861f49709d56c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26068e3d1f3620e6eb825e141162853c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee0e18e75ed03ca237e88bbff75977.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea8bd29ea0418d456f52ebb7a0a6411.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11410e523a8286db2304135658e00db1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99b28a74a61677d7e26daa5fe336de7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85b13dfbab3773a1232ac7af2d1b292d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33140d257db70a0e8fa565f3a98ee29e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbcddbe5a8d7afb596197e21e86a80a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b937e648770fbcb2bee8b8e9933c5f1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960f29e8ae8ab7b3c170fd8d3dfda8d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11ad1e8b35c1120baa34cacae00bb0c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe6fa6219e9cbfdc01d39228c9b79e0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cab14e4b64473dad7b296e0665e214.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f645d5f2b622866cd0483425015502e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186d2c481908790bcdb874fc88dc5ec2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218c65e9e4f3aaabde1a78f57490c88d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5efd9d4cc8a0535dea4771dc6e2f0d4f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd45e69d4bb1e607081d8a17a8b35254.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f791261430da7e05b0f5c58dbf3abd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5bc20beaf6fe89b1e20472d919fa26.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353f211ba507dc2ac3aa2b41ffede00c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3507046c29e995889d9c69e575264f86.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a947044306cbe9e7b196102390ee0e5c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2edda55627157125f43ead2acfacc77b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b0b6c2738df7b47d6f36af709a0064.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7432b3a4367575fa485c4c4dcc558992.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff193454c67c99ba6f1a52947537f59.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c287976dc6feb08ce03cc3276525c9b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e4c341fcfdab784f5191618c948942.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45757c90d80775107cb6c7a5a6e0fd11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e7227edf2ab57f9f5c963a84a9d842.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69abc7bad7c12001d2074aa82ddd5d2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/805a28f85d1681f6f5a4a97dc0cbbd48.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>298841</v>
+        <v>187879</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>298834</v>
+        <v>187411</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>0.7</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>298827</v>
+        <v>185714</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>0.7</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>298803</v>
+        <v>185356</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>0.7</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>298186</v>
+        <v>183659</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>1.8</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>297660</v>
+        <v>182843</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>8.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>297653</v>
+        <v>178297</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>8.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>297479</v>
+        <v>176958</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>75.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>295703</v>
+        <v>175647</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>2.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>294881</v>
+        <v>173445</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>292924</v>
+        <v>168656</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>292382</v>
+        <v>162142</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>3.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>291224</v>
+        <v>161961</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>2.8</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>288859</v>
+        <v>161626</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>288156</v>
+        <v>161619</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>9.8</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>288101</v>
+        <v>159715</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>8.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>287845</v>
+        <v>159050</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>23.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>287173</v>
+        <v>158305</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>1.45</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>286244</v>
+        <v>157964</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>285254</v>
+        <v>151931</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>2.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>