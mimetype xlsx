--- v1 (2026-03-03)
+++ v2 (2026-03-03)
@@ -14,82 +14,85 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 03/03/2026 03:21</t>
+    <t>Lista gerada no: 03/03/2026 05:00</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL BAK VHF/UHF BK-ANT183-EX</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
   </si>
   <si>
     <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
   </si>
   <si>
-    <t>Antenas P/TV Digital</t>
-[...4 lines deleted...]
-  <si>
     <t>TRANSCODER P/PS2 PLAY GAME</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>BATEARIA CELULAR DR.HANK</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
@@ -179,56 +182,50 @@
     <t>Talkabout</t>
   </si>
   <si>
     <t>ACESSOSRIO GOPRO AHDAF-001 - ANTI NEBLINA</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>SOPORTE P/TV -LEVEL 21"/42" LV-2142 FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>LEVEL</t>
   </si>
   <si>
     <t>WAWTERPIK WP-300E - BIVOLT</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alto Falantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f645d5f2b622866cd0483425015502e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186d2c481908790bcdb874fc88dc5ec2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218c65e9e4f3aaabde1a78f57490c88d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5efd9d4cc8a0535dea4771dc6e2f0d4f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd45e69d4bb1e607081d8a17a8b35254.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f791261430da7e05b0f5c58dbf3abd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5bc20beaf6fe89b1e20472d919fa26.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353f211ba507dc2ac3aa2b41ffede00c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3507046c29e995889d9c69e575264f86.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a947044306cbe9e7b196102390ee0e5c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2edda55627157125f43ead2acfacc77b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b0b6c2738df7b47d6f36af709a0064.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7432b3a4367575fa485c4c4dcc558992.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff193454c67c99ba6f1a52947537f59.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c287976dc6feb08ce03cc3276525c9b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e4c341fcfdab784f5191618c948942.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45757c90d80775107cb6c7a5a6e0fd11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e7227edf2ab57f9f5c963a84a9d842.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69abc7bad7c12001d2074aa82ddd5d2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/805a28f85d1681f6f5a4a97dc0cbbd48.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8521a6688803d5b6024855d267b17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3faa3094243b3af4d75da378c02c8d71.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/456f93f4618f1f5a8302259c69d8bd84.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5453eb02b33c87b3169ce5a5faf7bb3b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd70eed1a9da2aa8d88f22207657d17.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe8bebfb0a31c4e5d4f25da123f7327.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644a50cdb72df808b09860d6f6467e4a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69acc17a92975ea57817f6fd993608ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e27a7909feb82dd031e1a4d1f034965b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b130c970b38b991318a7c85fcd17cfa4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0ef7904ea15586b6fec0a0fa6b47bc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eabff90962f90a436b470fb30940d23.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa2a7f0a7f48b37e630d06095c5a415.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f56aa8ab2dbefb963d22ca339c49654.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e2b510ae37561cc6651f6be0e6217dc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124b094ab96f0e2d26863dbb472a202e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf7def3d9b6c83ac6b40e89fd6ff112.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86050a57a61735021217275c802daa8d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5de0c3b299acace491f7b6e60ee6ea09.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d022d525e5db54a75ef7739e2a6906a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1193,386 +1190,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>187879</v>
+        <v>187886</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>187411</v>
+        <v>187879</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>185714</v>
+        <v>187411</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>8.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>185356</v>
+        <v>185714</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>183659</v>
+        <v>185356</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>38.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>182843</v>
+        <v>183659</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>178297</v>
+        <v>182843</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>176958</v>
+        <v>178297</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>175647</v>
+        <v>176958</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>173445</v>
+        <v>175647</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>168656</v>
+        <v>173445</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>162142</v>
+        <v>168656</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>161961</v>
+        <v>162142</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>1.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>161626</v>
+        <v>161961</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>89.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>161619</v>
+        <v>161626</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F16" s="3">
         <v>89.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>159715</v>
+        <v>161619</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>19.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>159050</v>
+        <v>159715</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>158305</v>
+        <v>159050</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>16.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>157964</v>
+        <v>158305</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>72.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>151931</v>
+        <v>157964</v>
       </c>
       <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
+        <v>54</v>
+      </c>
+      <c r="E21" t="s">
         <v>55</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>