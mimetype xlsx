--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -14,209 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 15/12/2025 18:12</t>
-[...5 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 03/03/2026 04:59</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP1015</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>NEON P/WOOFER BZNR15RD 15PULGADAS ROJO</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>NEBULIZADOR CITIZEN CUN60 - BIVOLT</t>
-[...53 lines deleted...]
-    <t>DESPERTADOR CASIO TQ-228 - VERMELHO</t>
+    <t>NEON PARA WOOFER - BZNR10YL - 10 POLEGADAS - AMARELO</t>
+  </si>
+  <si>
+    <t>MANOPLA DE CAMBIO VARIOS MODELOS</t>
+  </si>
+  <si>
+    <t>Variados Automotivo</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F18B REC / SD / USB / 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV -LEVEL 32" / 52" LV-ST3256</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+  </si>
+  <si>
+    <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
+  </si>
+  <si>
+    <t>MOUSE SATELLITE A-33 USB PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RA-18 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GOPOLE GPLC-6)</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR WAHL 18 P�S   ORIGINAL  110V BRANCO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (AHBSH-001) BLACKOUT HOUSIN</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX-82ES PLUS CIENTIFICA 2ND EDITION</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
-    <t>DESPERTADOR CASIO TQ-228 - BRANCO</t>
-[...32 lines deleted...]
-    <t>Fone com fio</t>
+    <t>KIT XENON HID - HB-4 - 8000K - 9006</t>
+  </si>
+  <si>
+    <t>OXIMETRO MORE-FITNESS MF-417 DEDO</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE ROADSTAR 12" RS-1230PW1 /3000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
-  </si>
-[...28 lines deleted...]
-    <t>SAMSUNG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674f0e2145d19e9dc2c56f2c82925b11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb638cf8d14823aaaee69a730cb90e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af7c3b767d5f43fb18d62a4d1b946af.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16aed86abdac2bb47108d8b35f09b3db.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb9ce30eaa00bc0d1c0d5b44eb7995e6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4c199eae3506b27d03446151c0d44f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf597a311f7ee0dab3232939638b75d9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87bfec79a9fb8e52ba0ccf62b39643cc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039c27bf57d180e6fb0bd785b8bd8ff4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c540c2220bcb97bee4d7caa4b71b1c8e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a7de1e13b36a1cf24b94ffe3b4fbf9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f103d83fdc6d33b8553d01471b0884.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd141882c0ae5e794b364456a8c5599.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4b0bc82a12ecd63b5ed6f96d1ff3fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790b9b1b28ff6ab21e988a55d6d7a1db.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c095ee218eeb62016e19d3e610374633.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e35751f82f9829765022b537381bb1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3777d4a38d60e3ecf1f12446f4b03eeb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80895f3c892cad0b9681a4e8b587eef5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f520f2bff7de378be2a72f8cfe799364.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6eb4552320f7c91221a02bca6fbcfb7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd64091e2d40d2b7f8253d35cbcd7146.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4119f8d6ee29c725ec77e3e7cb510fd9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f27f1264dd33f6c272730a10e016fd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b725dc95c17a0000c5bd3277187388.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725eb44b54cb4813dd08e1c59063bf45.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb37fbd740bba9f89073212667fe2c1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d59524024168760dc3ed08f13cd47cbd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb1af338966a2b28e4243f1e97226df.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4f223bfd176698eabd533d61ea65f0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be717143202555e6c74fdce780b6aee6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926580e64f8d49941b7f5c87b7175491.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a63ed8ca3d5a44cfc18e28a6c3e58257.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca12dfb9baa42b477017ee48c7ecd2f5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c822b78e086d542ef68b31199325fd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b7804f6a0bbcbe687dd997dd62dcce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e48800b376b4f91d11e0d78ca65d50.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c897362f67e81606e223d4e27eb5ecb5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aadefb865327b13e16816ed5ce48d9a7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40f10ebbe56a082df36944209f8ea02.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1151,416 +1142,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>308304</v>
+        <v>203135</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>308236</v>
+        <v>201032</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>308007</v>
+        <v>201025</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>307710</v>
+        <v>200837</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>307451</v>
+        <v>198301</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>3.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>305303</v>
+        <v>197755</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>304818</v>
+        <v>196628</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>304221</v>
+        <v>196611</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>303880</v>
+        <v>196239</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>7.8</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>303873</v>
+        <v>193856</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>7.8</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>302630</v>
+        <v>193085</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>300834</v>
+        <v>192613</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>300087</v>
+        <v>190817</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>29.75</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>300070</v>
+        <v>190572</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>298841</v>
+        <v>190039</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>0.7</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>298834</v>
+        <v>189996</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>0.7</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>298827</v>
+        <v>189705</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>0.7</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>298803</v>
+        <v>189149</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>0.7</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>298186</v>
+        <v>188456</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>1.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>297660</v>
+        <v>188081</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>8.5</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>