--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -34,171 +34,171 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 15/12/2025 18:15</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 03/03/2026 04:59</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ECOPOWER EP1025 2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F80 - BATERIA - USB - SD - BIVOLT</t>
-[...2 lines deleted...]
-    <t>SECADOR PROSPER P-6608 - 2800W - 220 - PRETO</t>
+    <t>CONTROLE PARA FITA LED COLORIDO</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (H-7) 4300K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER - EP-6903 - 7W - EMBUTIR - 1 LED</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>FONTE RECEPTORES UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL G-04 SMART GRILL      220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
+  </si>
+  <si>
+    <t>REL�GIO DE PAREDE CASIO IQ126-5</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>PRESENTADOR LASER/GREEN POINTER</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL INFINITY ION SC-12 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL INFINITY ION SC-12 - 110V</t>
+  </si>
+  <si>
+    <t>HUB SWITCH 8 PORTAS TP-LINK TL-SF1008D</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>HUB TP-LINK TL-SF1005D</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WN-722N  WIREL/PEN USB</t>
+  </si>
+  <si>
+    <t>LNB 4 SAIDA SHARP               S/GARANT</t>
+  </si>
+  <si>
+    <t>LNB</t>
+  </si>
+  <si>
+    <t>SHARP</t>
+  </si>
+  <si>
+    <t>LNB 2 SAIDA SHARP               S/GARANT</t>
+  </si>
+  <si>
+    <t>CACHEADOR DE CABELOS MONDIAL EM-05 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
-  </si>
-[...100 lines deleted...]
-    <t>SPEAKER SATELLITE AS-677U - USB - PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3edba312858fa7ce00693c9c523c29f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aedc238a0ff8d9bd231f4f322db70fde.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d85279bdcfa5205d817029624c5caf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11c798e987d7ce54846f4278bb7d69c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa139abef92ddd3a24b43477e8de0ac.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850ecee167ac767f05e066bf5172033e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd701376a7ba97d4d752d4dc00ca9aaf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af407b663bdbe9798da6c9d89bf44ebe.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377418845b2de06d7c949f57998b22c4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a732f5448dc2c1b3e2d5fee27ead6b9a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1cd345a17a57aa0f0c6b29f8495c9f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f9fec62c02c6c620699537040c79d4a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6521cd78e0691529af52a7b16ca06f6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c798b409b0b206a2960890304ae46ba.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c4600341db761c8d850397e55276ff.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4c35904d5d353b3215b0a67e6e7e22.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01e288466df439b4a42b024f17679f9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede8e8c449c9b2a4bb1fc9a9029fe0a5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9176460e553491d62bab1cc01e941f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e134f8d69ef602803e7545a31a7a1bb0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c7d216c298e3a8d2cd2f39f12f7e30.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb52a0508931d9a8fa8154c79a9fe2ed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31bd86ae5284e7e3a7e4cef385b21ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416ee3a4de1e5eb56878695b30f7fee3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa1ff96c57b3fd224e787e832610f77.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7079da3fa6c42eef76fd1763988c4e48.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ab7750d440c149b847ec206654e6a6e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e1551406223fde79498b879618fde.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9d691eebecb28ac543cda4f685245f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816c23b1eb43eab4efe5edde0aea2c86.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4d65d026e49ceb66fde633fa84e0bf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4a47ed877c7d2a537d9d6e05edefcb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b7ee599cc5a28ec769196d56b65aa5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9823ba52b2840980583866659d57261d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2119cb696e140ac6e5d30814bfaa01.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb50b37c4e5e2044def56db9b18c93d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7857b9dc63d44a0297f4bf8a20fb9cc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2d90293216c3d2d37364d29b2169ae.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f54b11aaecef9f26ad9b01e54428502.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9acc6d3c76d0b322ddb7e2a51f2571.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -623,51 +623,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="838200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1132,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>317368</v>
+        <v>217606</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>317306</v>
+        <v>213639</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>317115</v>
+        <v>213400</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>317108</v>
+        <v>211888</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>12.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>317092</v>
+        <v>211765</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>18.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>315890</v>
+        <v>211758</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>5.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>314961</v>
+        <v>211604</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>314701</v>
+        <v>211536</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>312578</v>
+        <v>210935</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>312363</v>
+        <v>210645</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>311670</v>
+        <v>210621</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>62.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>311632</v>
+        <v>209670</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>311625</v>
+        <v>209175</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>14.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>310925</v>
+        <v>209168</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>310918</v>
+        <v>206860</v>
       </c>
       <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>310901</v>
+        <v>206853</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>310871</v>
+        <v>206846</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.6</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>310857</v>
+        <v>206471</v>
       </c>
       <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>43</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>1.8</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>310451</v>
+        <v>206464</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>4.65</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>308311</v>
+        <v>205948</v>
       </c>
       <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>