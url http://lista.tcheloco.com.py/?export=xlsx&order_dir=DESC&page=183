--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,212 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 02:48</t>
-[...2 lines deleted...]
-    <t>OMELETEIRA MONDIAL OM-01 - 220V</t>
+    <t>Lista gerada no: 03/03/2026 07:03</t>
+  </si>
+  <si>
+    <t>PULSEIRA BRASIL</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>PC MOUSE SATELLITE A-40 - USB</t>
-[...86 lines deleted...]
-    <t>Satelital</t>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
+  </si>
+  <si>
+    <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID FIAT BRAVO 2012-2014</t>
+  </si>
+  <si>
+    <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
+  </si>
+  <si>
+    <t>Reator p/kit Xenon</t>
+  </si>
+  <si>
+    <t>PLACA UNIVERSAL PARA AR CONDICIONADO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-143</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5920 - 30W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA RECEPTOR GLOBALSAT ORIGINAL</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
   </si>
   <si>
     <t>GLOBALSAT</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
-[...35 lines deleted...]
-    <t>Teclados</t>
+    <t>MULTIMIDIA GTR KIA SORENTO TV DIGITAL/C-R</t>
+  </si>
+  <si>
+    <t>GTR</t>
+  </si>
+  <si>
+    <t>SUPORTE FIXO LUXOR LCD-201 PARA TELEVISORES DE 13 A 27 POLEGADAS</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUXOR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644eee416ecfbeb710a2e2920b9a15f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256fb3e1725e4b734340b240ea055de0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997721326df18dcd2a31393545396816.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a54c124e5b43f364a0e50e96786545.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314c8b316920862ffaf952c4e158c329.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff0996d9e82e3f2204e0706fb48d84f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f23f007db8390ac354a00dc654eaa79.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b9880e80a2e51fb61df469636510137.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07594dd7fb4978d44e05b54fb55bc73.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978ac38896b1787f3ee594b6f4a2d6e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211af788cd15ca5d9f5268e7e47dfd42.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa0033bfddd70adf7f15f1de196651d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b484d8d5e336fe1edaa838d9bbeb28.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1f84231ebd32eac80c554749be4349.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e93de024bddafe962165d507494ac5c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8fc150f1ee9cf2f5234b33ac8b5e03.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fb0c94e618a4e152252463abac219d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26a0b2e39a36a3b66135c4437a7d16a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114abcfbb87c9856441f23440fa3f63e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71555ab0c0c0909ebc4add0964574206.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5caa23ee04be8ea34d06bcb9499626d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4805132ce75b9f6c4beb4fdffbcd7af.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351307c9710fe855738bf72ff63d4227.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba2822ceb3d34f7c748399fec1b1808.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2f07b0503fea8d5769c26bf5f9359.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b40f2b65f3b68ee9512e409faf0e597.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec8612f0cf347f1f9a8e8748d2835dd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88244c1bfc95178d6077a3c7e24ad3d9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7053e7a552bf5ec0546bb0d822d243c1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44d2e18c63224f96d800a09169d00b62.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2df2ef1423a996f705ded37d05dd6bb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280edfe399dd987b33b6bfade807ca9c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523162b661a0e457835077e2551c6c6a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b5499149a2297880ce014afb8cea6e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f1f4b857c00e1c34c0d3b0c7926dbf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32fa668560754abaa90da75006aee475.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e9f22b823e58eac6da2e9c1ffe609cd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0052b2bc27300bf2aed69f065166ca64.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9923804bd5457950e8bc29d72448791.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049beb8995e4255bff9b308fcf3cde53.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>335058</v>
+        <v>235617</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>334433</v>
+        <v>235303</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.8</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>332811</v>
+        <v>235167</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>332149</v>
+        <v>232975</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>329545</v>
+        <v>232760</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>8.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>327633</v>
+        <v>232050</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>5.5</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>326414</v>
+        <v>231664</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>10.6</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>326377</v>
+        <v>231527</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>49.6</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>326360</v>
+        <v>231510</v>
       </c>
       <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>30</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>12.6</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>325257</v>
+        <v>230766</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>324960</v>
+        <v>229791</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>323321</v>
+        <v>229098</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>322058</v>
+        <v>229081</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>57.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>321594</v>
+        <v>228695</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" t="s">
         <v>41</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>321129</v>
+        <v>228374</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>120.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>320078</v>
+        <v>227490</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>7.1</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>319652</v>
+        <v>226967</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>4.3</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>319621</v>
+        <v>224796</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>2.05</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>319614</v>
+        <v>220453</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>1.8</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>319393</v>
+        <v>220033</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>4.7</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>