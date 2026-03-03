--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,212 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 02:48</t>
-[...5 lines deleted...]
-    <t>Pet</t>
+    <t>Lista gerada no: 03/03/2026 06:41</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS  MOX MO-CB734  AA*4 4300 2V</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PARLANTE AUTOMOTIVO ROADSTAR 12" RS-1250BR 3000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>SPEAKER  ECOPOWER EP-2232 USB/SD/FM/BLUETOOTH</t>
-[...2 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>PG-LED</t>
+  </si>
+  <si>
+    <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>CONTRLE DE LONGA DISTANCIA TARAMPS TLC3000 - 300 METROS</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>AUTO FALANTE BOOSTER BS-168S - 6 POLEGADAS - 1000W - 4 VIAS</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>PULSEIRA BRASIL</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
-[...119 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4e0c2eb36a10fb25655c236fcac69e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74353c880ef0bba068ba5f5e006eb60.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0361df9fbf460ce005c80d1a3799b67a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d8a8a70bd4d30de4891969d4044e1e8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba91a9b074881025e8412a4632f95667.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5584d5f393896d579805f75930248b1c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9e8e34e11e47c8a9cac074e96d843.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a720b676828f754f25e61b61fdbc38e1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdaf2405f70040ec71ff813ff6b1cdf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2916e84934029b2b2327294cdd83b823.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb90e284db60dccbfa7469086f0b0857.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f83340bb465192501c6868b1969d88.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0eae73efcfd70168537ea56610cd8ee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd37552ddfde94b8246d667ec5dc6fc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3017a8783f58ebdba5dc00ff0b199f6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea07ad11e416ff9954e878a587120b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24ace9cbcb5664a4f1a6e201d4c4098.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8750ba6340bf40745cdc236532a99727.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9403540f0be24e4c8b8ab0950519c5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9400904a4827483c2d79cdb87eae96.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec00cba9091510d11978681a5367a2a9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e0e0d74316eb212cc86dead72e4b7d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374d1d66da83aaa2ba74213500aa9ee6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acaa87e214f2a90415fddb62215d2a4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24d0bfba1a0bff5d111e64174ec3243.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297fbf27e9d76823cc0264429b56c373.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089ea3db5e4950b58ce5a56ca4204cd6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9c2aec9d008bd75e911ddf7f321937.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03da528d2f5b11b4d9c45bceb9b9db76.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e3ff9ee2d5b002e27a5a6ac8b9c356.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42915b32344241aaaaec65dea2c974c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c28e82ae4c0442758c83cb538e28be3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3128e1476cb8ed5f3fbf564ba7b532e2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb17e558dc24da5e9087479a52b9b00.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b6945ad9e27f6b7a7d086e45e36572.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8720b9a5920d8c9df8b173529cc671c7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d27388eee19404a525aa20c0f83eee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fb768f3ba05b680185061b01422528.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98ed1ae766c796c8751c4b51a4fc40.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23265e7b511160ac53deb9e5950c98d3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1171,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>352390</v>
+        <v>249041</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>352055</v>
+        <v>247733</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>80.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>350969</v>
+        <v>246743</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>41.0</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>347587</v>
+        <v>246279</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>29.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>346511</v>
+        <v>242974</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>18.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>346504</v>
+        <v>242813</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>136.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>346498</v>
+        <v>242776</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>346474</v>
+        <v>240444</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>18.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>346405</v>
+        <v>240178</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>346320</v>
+        <v>240161</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>343138</v>
+        <v>238748</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>343121</v>
+        <v>238205</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>341486</v>
+        <v>237314</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>338.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>341349</v>
+        <v>235990</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>1.95</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>340472</v>
+        <v>235617</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>338745</v>
+        <v>235303</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>338523</v>
+        <v>235167</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>338196</v>
+        <v>232975</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>336789</v>
+        <v>232760</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>335126</v>
+        <v>232050</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>7.6</v>
+        <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>