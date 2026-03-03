--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,206 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 10:37</t>
-[...5 lines deleted...]
-    <t>Panelas Eletricas/ Arroz</t>
+    <t>Lista gerada no: 03/03/2026 08:11</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2802 CABELO/2V</t>
+  </si>
+  <si>
+    <t>CUIDADOS PESSOAIS</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>BATERIA DE LANTERNA POLICE X900 6500MAH - REC</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/AMARELO</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/BLU</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
+  </si>
+  <si>
+    <t>Acess. p/action cam SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM WRIST MOUNT (AKA-WM1) PARA PULSO</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM BACKPACK (VCT-BPM1) SUPORTE DE MOCHILA</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM SURFBOARD (AKA-SM1)</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
-[...32 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+    <t>SPEAKER ECOPOWER EP-1903 BLUETOOTH 2 MICROFONES S/FIO 15 POLEGADAS</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
-[...83 lines deleted...]
-    <t>KOLKE</t>
+    <t>PRODUTOS OFERTA</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM SUPORTE BIKE - (VCT-HM1)</t>
+  </si>
+  <si>
+    <t>FONTE BAT AUXILIAR SONY CP-AD2</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>PRESENTE 003-002 (PEDALEIRA DE CARRO)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818d6dac3cf3edf0507b3c3b7c0d3989.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87adeda7264419b892de7d3a690774d1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5482c04f4e0428b5a65069cb2f8d0886.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc2a8d7a429a4b0a523d7c6ff3f721f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae7addffc95e03435cc76fa54f6b9b8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1962837f418da28c1fd33cff0888ff3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed3bb018a421f7947ffc26d4b35ae5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135cb7f3ed91e6bf9f9f1b3a6ea554a1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4631003e76b46083a3551d2c1f50936.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81c4357933c8aa88dff5e6457b351ff.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dc17564de75953ccac5e0e9ef8593d5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730e9ce17beaa318842047ef43f7a6a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abfd55936f9108dc1fd7a61147d6e59.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df0cd61a94ff6c2c2fc2e674518eae51.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df560951f6d889db88f74c1f9eee2d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a16a7d12c2646f28dbf4c6cb899f8f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9aa2b509d110d6711c45957fde68094.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5194937e24af2d72fbcdc7827c6253ff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a42849ea77d0970d07aabb642f44a42.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371f2c41fc220ab6ee5db6f4aabb5a9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186849e6a1ce85c72979eca2ff488992.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7016b6cdb0326daab5690ea5a816f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e859b195e8fb6ee0b083feb49886553e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f59ac7b3df80751341b3ef7ecc0fe8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678b41dc961c2c93c95e4144cc153778.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471806fe3a44970af25eaf45643afc2f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914074370313e89d6389ba67d0d4d280.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1069c06e226bff18331ed8c2c6949ad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b8a3af76da865ac0db1be45a2fceef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09520f563830032b7527c234a95a2fa9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f710cf3376b95bc0462eb41a900b90af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9f52d97a19700b32f389a13e9fdce8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc56e8fc9df4654624513fc6fa2dc12.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249cc90c95e6768e22407e96b9db50fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554d96cf1af77cd3b8e99bdd4e2a9ca3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52035b7a5cad5bfcc3b2c71af5a81e48.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70bc56eab068226dbcc2efe87a4c3179.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca33b5c104e1c1ca21ce36b9e271e809.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9d22f1f26407592effae30cdfd369b3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246e9961060dc1347cc19f00fd5c2c7c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1178,386 +1169,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>367479</v>
+        <v>294881</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>366458</v>
+        <v>292924</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>365741</v>
+        <v>292382</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.75</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>365734</v>
+        <v>291224</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>18.75</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>364607</v>
+        <v>288859</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>364430</v>
+        <v>288156</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>68.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>363785</v>
+        <v>288101</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>363686</v>
+        <v>287845</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>53.6</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>361491</v>
+        <v>285254</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>360807</v>
+        <v>285247</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>360500</v>
+        <v>285001</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358866</v>
+        <v>284998</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>35</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>358026</v>
+        <v>284974</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>357852</v>
+        <v>284967</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>356565</v>
+        <v>284103</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>18.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>356558</v>
+        <v>283557</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>356541</v>
+        <v>282550</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>94.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>353953</v>
+        <v>281003</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>353618</v>
+        <v>280174</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>18.9</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>353526</v>
+        <v>278782</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>