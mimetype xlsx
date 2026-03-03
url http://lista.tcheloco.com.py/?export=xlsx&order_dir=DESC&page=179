--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 18:38</t>
-[...5 lines deleted...]
-    <t>Led Pingao (meia luz)</t>
+    <t>Lista gerada no: 03/03/2026 09:50</t>
+  </si>
+  <si>
+    <t>FONTE SCOOTER - SMART BALANCE WHEEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Scooter</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
-[...8 lines deleted...]
-    <t>Fogoes</t>
+    <t>RADIO ECOPOWER BAT/REG/SD/USB/2V/EP-F89</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO KIT PARA BIXENON H4</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / VERMELHO</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / LILAS</t>
+  </si>
+  <si>
+    <t>FONE ROADSTAR RS-108EP  AZUL</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>FONE ROADSTAR RS-101EP  BRANCO</t>
+  </si>
+  <si>
+    <t>PILHA RECARGREARVEL MOX AAA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-E1207 DUOS BRANCO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-E1207 DUOS PRETO</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN22 -  220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR LANTERNA POLICE - PARA UMA BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2802 CABELO/2V</t>
+  </si>
+  <si>
+    <t>CUIDADOS PESSOAIS</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
   </si>
   <si>
     <t>BAK</t>
   </si>
   <si>
-    <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
-[...50 lines deleted...]
-    <t>Secadores</t>
+    <t>BATERIA DE LANTERNA POLICE X900 6500MAH - REC</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-219 - 3500W - 110V - 220V - VIAGEM</t>
-[...53 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147a2c4bf24dcad73c254f0fa1622ec2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5b9a99708c0a4efe49bbbe70632220.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f07f8e72b820b36d80801f55a10c93.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357dfa12ed18e87ab08ffe1687e6c7c6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a64870b84baacb579dac7491076d80c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0909f275c12ad40cfc8c887ec813321f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084092dcdf41a5738a0c1a356aa9dfaa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db178a660ba4e20d733f82bf4992da6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9fc438963f73c7f3bae2874d67d9e3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eed91dee2b96e7247242fce3a83986d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216c2b10d9b930c477bf602d3caa9017.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ee2256c352b1ed845f2e891dfe9447.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c766769bb37670b4eb5dbddbedee52.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d8ec2e297541ba0ec2d804586b750f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283195086679641436abdec62b09929c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf88ec671006a53fd25fd12705df784e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989a9a766e665cded66e81869c4e2306.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9796db254e2906e32561e75f14bb4118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830cc649780da4867393c9a4e53fa6dc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfdeb4acec173de90fd3d6d4a1d309a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa725a0860ed26627c125e153d5eb9b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3882ec402bfcc1f0090285a2f4916363.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d166fd1a3d3c1dc070a742b9563b0dbd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c258d140bf2ab4e2de99c6827e8a711.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e0fb36b51832e0dce9b0927334652e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43916a9a5019ae1dc5ef11f60e44919a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446f1a27cafe92d249a533ec37b811f4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2063693f9ba18426f32879db5c109b8f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e387e318299d95238dc5ab6063bac52f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ebbd7f11b12ad5f720c9d7be2017a85.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75397cc2188bf09062beda3e22d3a153.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b1a571cf690556b50bad980d666cb3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe484ceac082889762188a5f681896de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf625eb4038fecb1769e8a986f57050.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb4c714785c69eda76a4e3e7b5af788.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0d8827cc3404a6d7c91b114ea041ab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a32253c9a45180cdfce7b012bdb1c05f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f65ee905ae94a97907263108b8a168.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759f7d9b190a7eaa51a0f1fd69ef3ee8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccee890fd3d5f5feb0fa082cae06deb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -521,51 +518,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>404150</v>
+        <v>302630</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>404129</v>
+        <v>301923</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>404112</v>
+        <v>300834</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>403603</v>
+        <v>298841</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>8.59</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>403085</v>
+        <v>298834</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>403078</v>
+        <v>298827</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>403061</v>
+        <v>298803</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>402958</v>
+        <v>298186</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>63.6</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>400909</v>
+        <v>297660</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>112.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>398664</v>
+        <v>297653</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>7.8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>398213</v>
+        <v>297479</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>21.75</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>397957</v>
+        <v>295703</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>11.75</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>397605</v>
+        <v>294881</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>397209</v>
+        <v>292924</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>397155</v>
+        <v>292382</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>23.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>396714</v>
+        <v>291224</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>13.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>396677</v>
+        <v>288859</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>395908</v>
+        <v>288156</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>48</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>395106</v>
+        <v>288101</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>1.8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>395014</v>
+        <v>287845</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>1.6</v>
+        <v>23.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>