--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 06:53</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>Lista gerada no: 03/03/2026 11:13</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8828 - 220V - PRETA</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CABO EXTENSOR USB MICROFINS - 5.0 METROS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER PROSPER MINI - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR CX-16 AM/FM 2 BANDAS</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>DVD-R RIDATA 16X INKJET WHITE TUBO COM 50</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>RIDATA</t>
+  </si>
+  <si>
+    <t>TELEFONE RETROFONE PARA IPHONE</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>TECLADO PARA IPHONE 4</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F99</t>
+  </si>
+  <si>
+    <t>RECEPTOR SATELITE GLOBALSAT GS240 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX - AA2 - 2600MAH</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>TECLADO SATELLITE AK-910 - USB</t>
+  </si>
+  <si>
+    <t>Teclados</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
-[...128 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>RADIO ECOPOWER EP-F87 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F80 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 220 - PRETO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 110 - PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8156bd439864cc05026bf54224255bd4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b43a24d02923bbef750d19da9d838cf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9121d8a17d8f807f464df894cf6945.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e18dd2a029a3c6f6f31db510ee2b99.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf56ddda9e7420a408ef1e1d685c2ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ac78c8c3ec194239e4e31b55a3a80b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f7426a198fba3652565249a87fcb0fc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ac7dd34c59f58a13d9f89d804bdf530.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9968112d37be5556623e30b86466ba4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8cc1975efe400a23b27322fef39ee91.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01812139958427fbc26156087cc9297f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069b52cb9828dbd849d4e069fb225f0a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e737abf4e5aec2a68f20a663c9c0c969.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de650bbd9cd7852867892b26b4c7d672.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428230a803e8ece25ccdac8d87c515d1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36f31592bcf0739e6de2b2c60482372.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361554e4e6c654e13e63a3c1920ec130.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8f1009ca40c86bc66c513d08e4bc0f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3e1799fcc17d5dda8ff62c9e8ab68f8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d4b0c7c3113655ea1a1881ad093b7c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20aabd2d7c50befa995f4b60ddce49c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e3df78faa152d5d4ca85152628d13.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d69ca5085ad351b71b2eab77a40d18e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b06eeaa32bba16b1207ff4fede9f8c7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/060c7ffcae15d09952a00851fd33edb9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62e63cd587735292d5e8de8334ec9a1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08fa621219846b6d587abc7e888733ae.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97884bdcbba1c1e1b35940b96e77b916.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e498d32892f7cb5cd45bac9656adabe8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c50a267f397105be78a53d25ce39d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a956d0095874595900e2490db93be07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5c0c87364ec00d9348818aee45b6c9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f934b398a6eab17f04446cf78b6a3e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc836150540c01bf82f3e86b23dc652a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c8dd0c2bb54bcc3c69450c954a09ab.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c45d6d223bc8b55abb84b6fb363833.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fdff5cb930afc88cb5f24c854477928.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5185805d67f3bf357a932e949e08711a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4debac44fc003a31d93278c48374d2f3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e01fcfe40ceb56740174a8518dcc258.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -404,51 +398,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>403085</v>
+        <v>332811</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>403078</v>
+        <v>332149</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>403061</v>
+        <v>329545</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.3</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>402958</v>
+        <v>327633</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>63.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>400909</v>
+        <v>326414</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>112.0</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>398664</v>
+        <v>326377</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>7.8</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>398213</v>
+        <v>326360</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>21.75</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>397957</v>
+        <v>325257</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>11.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>397605</v>
+        <v>324960</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>397209</v>
+        <v>323321</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>397155</v>
+        <v>322058</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>23.5</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>396714</v>
+        <v>321594</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>13.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>396677</v>
+        <v>320078</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>395908</v>
+        <v>319621</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>395106</v>
+        <v>319614</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F16" s="3">
         <v>1.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>395014</v>
+        <v>319393</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>1.6</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>394451</v>
+        <v>317368</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>5.6</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>394413</v>
+        <v>317306</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>393294</v>
+        <v>317115</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>50</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>393218</v>
+        <v>317108</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>33.0</v>
+        <v>12.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>