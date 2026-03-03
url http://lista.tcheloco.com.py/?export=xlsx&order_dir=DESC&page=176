--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 06:36</t>
-[...2 lines deleted...]
-    <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
+    <t>Lista gerada no: 03/03/2026 11:15</t>
+  </si>
+  <si>
+    <t>DVR TUCANO - KIT COM 8 CAMERAS - 8 CANAIS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO COM VERMELHO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO - 60 X 60</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097D - 5200W - 220V</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MEGASTAR GE230 BOWL PLASTICO / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE INOX FR-K120 / 2L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR WAHL - 97788-100 - 2XAAA - F-Q</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO ELETRICO BAK - BK-540 - 110/60HZ</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI SWITCH 3 EM 1 - SATELITE A-HD05</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2220 - USB - CARTAO SD - FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGC362 - COM BINA - PRETO - 110V - 2 UNIDADES</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>SPEAKER MUSIC HY-BT SERIE - USB - BLUETOOTH - PRETO</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>SATE</t>
-[...109 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
-[...20 lines deleted...]
-    <t>BAK</t>
+    <t>PC MOUSE SATELLITE A-40 - USB</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8828 - 220V - PRETA</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>CABO EXTENSOR USB MICROFINS - 5.0 METROS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ba93ae5d37232d9b086a874e04257f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4058fa50179891ed80c2f57b5d8738bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760f7b9cad2d1ec7d857e3bc02935554.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fe42af55dbaefc59e834d6e13bc29c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cb108cc831853967701be0862421826.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0bfff41ce3c5d9b3deed97cd30867.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484649450662e814c4d1b141aa7288cf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126d0db6139ac32ea6398689835b4be7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e27dfaa6412ada8e0fbbc492052b67b1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4692e1b4382cf46a55396f75483277.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1825a124cdf9a52b137f51001d0ca5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebc2e531510b48fbe8edd2f9cd7ef3f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f76824bac130f243260cca81ac15d5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6bea1b4c79ee7f046ff9577c5ed5c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4727fdfb55071f0c3ea69e5c022cf178.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0d0fa1eeaa6513efdaa06ca15379cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a76a2d3482da0a7b5c9053f604017fb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0060b028b0f3853afaa846caa819e6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be61dc851fda107c1d562dc676d3d9b8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be692f35756754d73a5e58f4c9efd1e0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/194d6bf39e579c971124701977a7bfa6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b1102ce86ab127da902708e77782fd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3a7ba2d6624e2ff35d137e28f7ae3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a6d7e8bdb2261f6ed9a072f4f2e46b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a6dd3581a6c5d5730dab74b255e193.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d0081b549c70769b4ff7aadb3cdced.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7188531854bd4f1459265d89e1ad6d42.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47af2098adb4a79a655e13feeb37799c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93ac8b477ea2f4308dcf2f4d286f3cf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811d071f0bf3c1b1372a2e1774fa4a97.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad14b96d168f209141b3fcd8b259aca0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d0e44eea0ce28a89482303f2b1221a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb5abc02c4f2b37985c70b057953585.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7b32a50d08f820cde97abc03c10642.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0da27c4313d9f4722772cb7c8ef17e1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25ea3e2737eb111707bcf74cb04c4d4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfc5d2eca70a40934d995db1a9ea71f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28697c206f3ed0a97267bf37e816c03e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7af3f859c9e86533c2cba934b82c91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35e88c8a8a719fc9c97f9d2ad0ff8a9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>414500</v>
+        <v>346504</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>414401</v>
+        <v>346498</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>414319</v>
+        <v>346474</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>33.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>413268</v>
+        <v>346405</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>412742</v>
+        <v>346320</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>9.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>412148</v>
+        <v>343602</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>24.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>411868</v>
+        <v>343138</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>4.9</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>411790</v>
+        <v>343121</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>4.6</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>410946</v>
+        <v>341486</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>410458</v>
+        <v>340472</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>9.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>410069</v>
+        <v>338745</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>410038</v>
+        <v>338523</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>7.25</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>409599</v>
+        <v>338196</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>408998</v>
+        <v>337663</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>408493</v>
+        <v>336789</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>4.75</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>407878</v>
+        <v>336345</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>1.9</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>405706</v>
+        <v>335126</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>60.0</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>404211</v>
+        <v>334433</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>3.75</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>404129</v>
+        <v>332811</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>404112</v>
+        <v>332149</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>53</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>