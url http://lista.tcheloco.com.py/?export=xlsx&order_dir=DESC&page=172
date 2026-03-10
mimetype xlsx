--- v0 (2025-12-19)
+++ v1 (2026-03-10)
@@ -14,218 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 19/12/2025 01:53</t>
-[...2 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
+    <t>Lista gerada no: 10/03/2026 11:22</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H126</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...61 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
-[...68 lines deleted...]
-    <t>Alizadores</t>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2228 - USB - CARTAO SD - BLUETOOTH - RADIO FM</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 110V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-601PET - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2226  USB/SD/FM/BLUETOOH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 220V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 8600W/220V - PRETO C/PINK</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM LARANJA</t>
+  </si>
+  <si>
+    <t>DVR TUCANO - KIT COM 8 CAMERAS - 8 CANAIS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO COM VERMELHO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 110V</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO - 60 X 60</t>
+  </si>
+  <si>
+    <t>Diversos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336db9faf7db3bb803a2f879363f9c90.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ec56f42071af8d6e26dfb3f601fcae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c205035b756e18245219519549062ba3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2485ea24f3acda04167ca01c502c5092.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b8562d5104b7618ad88ac4ec178442.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c012f9bc5ac7165faaec42df6847059d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632a19940a3ea8d91876283e0f01470a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b471fa501a65fc3859c33f7c155f66.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc97989540747a5cf8041e1d0ef80378.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa8efc8d0e8570d0001d34951f8b00f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571a8765920a5f058392e4ebd6462975.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff5138551265ea198353aee0dc9f974.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de41769639ada0384363898ff2f543e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cef47745f05fd7dabc61d8bf9f082a0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397d151a6832ea1c05a1f53daca61544.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2331afa3de6dca211fa483f89683928.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04f1b7daa9fb2d082e0358ef8f01a90.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61bb05802105513c7995c080223fda5e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786f1df1874852f626c86738bd64f2d3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22469ee7a7466d1c647a0ff4cf505141.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b95f3f552ee0d8ea93a9f32c9f4b3e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2dd527cff2116d96f04b6384718e96c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e6ca2da8fa5aa6f1f10b3ac5500789.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241153d74c53cfc13e75ab3f3639b213.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753df4f375c6176b696445de55de464a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5c2078e29222e521cbb0ee682290ed.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04206312ba6a9e01c227bd6f78b8f0bf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c5ae3bd3f2ac01cf3ddb8fdb147e2e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbfe91bd8b83ccedd34cf77cbcc53ae.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f800b691acc1bf13c1147dfd8028bb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b108d9bec9842a1d0bf49a91e81925b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6ce19ac7b2f45fad11ed1a912d9f45.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24990a55f824370ed19891c887fd9a0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46152c3014bacdf8199e0346f5aec088.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b366c9a6b641e321af6cfe0e7a4cbf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49061172a19f5503e2245eedb65301d6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3206850f0b4959906e8e65d56d530960.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f144332c2878472cd96ee223e289f6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea5d124b2f4e849ef092a80ab91d52d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c02dcf4b8f41851454bff93bb55ec5f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>435994</v>
+        <v>354288</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>435024</v>
+        <v>353953</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>434454</v>
+        <v>353618</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>434409</v>
+        <v>353526</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>0.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>434003</v>
+        <v>353519</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>433778</v>
+        <v>352703</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>433679</v>
+        <v>352468</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>100.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>433662</v>
+        <v>352451</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>433556</v>
+        <v>352444</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>1.1</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>433488</v>
+        <v>352437</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>433303</v>
+        <v>352390</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433297</v>
+        <v>350969</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>4.8</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>432559</v>
+        <v>347587</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>65.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>432313</v>
+        <v>346535</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>9.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>432108</v>
+        <v>346528</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>9.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>431989</v>
+        <v>346511</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>431972</v>
+        <v>346504</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>430791</v>
+        <v>346498</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>430739</v>
+        <v>346474</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>47.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>429764</v>
+        <v>346405</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>