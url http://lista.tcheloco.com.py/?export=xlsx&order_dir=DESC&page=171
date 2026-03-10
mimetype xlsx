--- v0 (2025-12-19)
+++ v1 (2026-03-10)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 19/12/2025 03:27</t>
-[...5 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>Lista gerada no: 10/03/2026 11:27</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>CABO HDMI 15 METROS - MICROFINS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
-[...23 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F108 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BELLA MA NB-23 - PRETO - 220V</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
-[...17 lines deleted...]
-    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
-    <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
-[...68 lines deleted...]
-    <t>KINGSTON</t>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>PIRELLI</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H125</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ee71d044961781bf4c02ec34de4e83.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09b3ec455a7adca807453337884fef4a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f76de7f37584a091c9072e053048c7d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f0daa945a361ba7d025c8c67bef0f48.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a4d66d52ec872b940cb95f11f1258.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ce1d75b1cb7f864d7ee9c367d4393d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0675269ea04aae98ec8592a167512cd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e058ab987d63f917effbc7d535adf66.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701d4116a21d18127821c7d2bf1e8966.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3aff4111690ed9a394cab43883c6b8f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1b649a73dbe0ff8cd1d636bd07ab4b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b12dfce16eff66955c707413440ac87.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1b440c1d70966db6986bfebcb92d6a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8640b11316751e37ee5f6c8987f3ed4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d3d50fa64f012dcd9cca514bcf93d6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa840a98332e63737d7532146bc88498.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3961f9b4669f5d4bccd0a6122928d3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9861c46f07dbfc54c4d60e806f9c28c7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c737993cd9f82b1fd83541a00fc8b2b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aed6dddd8fb64f783486b4046d22fadb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23a08614380d84a1bc8ad4e6bea0c7c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd05397b541d0c7ba398c26ddada437b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/552059a82a7c1567bebc6ba1c055c7f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969554f9634cbc138b6c8e702c4161b1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03adf0ee6f0973e37cfb867ada2f38b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d03745b9eb8fcab6e4f060a829a566.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72784a6a3e9f6010b95dda0bcc2be74.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce653af752a7d961a7c8330a1b9328a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c3f43e96c00087fb22101db5c9216a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a41c222c9fb5336b1db4e9cb42e7864.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8681dcc622991d52d44f1fa340ad6b8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbeb9abc1ade72bffa6172b25cb95693.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0df4630ef08439989dbee77f55c427fe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb565a5dd3974e44f3dd00bf8646394.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d273a1083ff83b7b96698e7b95649559.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32e78eaad488e964f5530c371f404034.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1719e01b9164201f1113e64ef2cbfb50.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ad4e3e79937eae1a6ef9370c00826b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b72d0bfe41dd867ad98c96a3f83993a7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df870e9d9eaabe59fe687a3a9b10bdfe.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438513</v>
+        <v>373500</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>438490</v>
+        <v>373050</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>438322</v>
+        <v>371339</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>0.8</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>438209</v>
+        <v>371124</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>437660</v>
+        <v>367479</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437585</v>
+        <v>365741</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437516</v>
+        <v>365734</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>1.75</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>437363</v>
+        <v>364607</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437356</v>
+        <v>363785</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437349</v>
+        <v>363686</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437080</v>
+        <v>361491</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437073</v>
+        <v>361194</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437059</v>
+        <v>360500</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>8.6</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>436861</v>
+        <v>359252</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>36.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>436588</v>
+        <v>358866</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>1.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>436533</v>
+        <v>358026</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>436410</v>
+        <v>357852</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>436359</v>
+        <v>356565</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>5.8</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>436328</v>
+        <v>356558</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>18.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>436175</v>
+        <v>354295</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>12.9</v>
+        <v>1.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>