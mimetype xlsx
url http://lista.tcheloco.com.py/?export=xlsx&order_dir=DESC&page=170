--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 01:20</t>
-[...5 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 10/03/2026 09:47</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER EP 7036 MICRO USB</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7003 - BLUETOOTH - USB - SD - 6.2 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1620F - 300W - 6 POLEGADAS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WAP - 1400W - 1.2 LITROS - VERMELHO - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>WAP</t>
+  </si>
+  <si>
+    <t>FITNESS SUSPEN�AO DE TREINAMENTOS</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>VISIONEER</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 220V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 110V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HP-V339B / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
-[...20 lines deleted...]
-    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R053 - 3 METROS</t>
+  </si>
+  <si>
+    <t>FORNO MEGASTAR HA-382A / 38L / 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-088 - 110/220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER - TS-G1610F - 6 POLEGADAS - 280W - 2 VIAS</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON 240GB - SA400S37</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>MAQUINA PET WAHL TOSAR - 9160-1716 - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S302 BLUETOOTH    12" 2V</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BALAO INFLABLE LED</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
-    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
-[...20 lines deleted...]
-    <t>LIQUIDIFICADOR MONDIAL L-99-FB - 3 VELOCIDADES - PRETO - 220V</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PET ONIDA - ON-P1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1988 - INOX - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
-[...62 lines deleted...]
-    <t>Fontes</t>
+    <t>BALANCA DE BANHO MEGASTAR CR-3320</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b980d42cb0a5b6c169686cc1b39119.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aae4dda18195c11ffdc15e7e297f8b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac1a24160f5cc0d653a99fb453ce904.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09cfaa56e083d29fbce5dffd8968891.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561238260f848a6285f07e9ba6b63901.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacd023a7c603de1ef32443bdcb8e76d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b82467cd97751c06bd81bee0c9a876.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4855851c6bed79f906cde212fedf5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8c238a9ad435b3f4332c28cae7c488.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ea7b4f3f7ff6f3e9c8ac3ec45893bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026102bab688c5ef08b90cbe27be4c3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dff370adc9e00daa601d79c916210e0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0452fb1e64ef3374a895e7ed43d145f7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981a1336dc667a9708b037992aaeab82.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809b8b77baee815c055cc768f73a7602.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015163a13ac8ea199d87883016760e2d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4da24bcf7efea18574010849d4d6d5b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9096650c304eff3aabe04675669d5c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29cab8ce1703d720c0845fd2f3167554.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c613d28f6ea9eb06715d8ba0c2b18f3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00634a3378646ebfb915ddfbbc9925f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9858dfa2f6e5382ba00a3ad4d7177cbe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d579437b1cefb8792c66a9bf5da381e7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166ba316a38fe9d505ff821274e1e8d5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1293a2d310d26bdeeaf94b533555d5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a0b08a1d79460f4bfb90bcef382b04.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3be913701e83e3fe1c8a572bcbb06a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625432511092cfe0ee8b33c4a64ee649.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccbd31e6f55281bb6ad0bfda888e6d9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e400bf17fc370f308cc91b3b9b3d9a0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c543c25f0a9f59627648d72c53fee8e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e365d473e7f50f74ffe32d6cbb1945f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37525c0a62732ef96250ec307c8ce1df.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94deec314369a9995a7acdf106bd2b0a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d99401a11a7d8c2376dcf659d726ae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049a5c4eb68a6e9fe6b747570ffa9a83.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b17ed0b62d15c9132f6664bd7c9028e2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9267820086b7a2e6f65993fbf0a024d5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38609620572710f03507bddfde1763f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b08f00602e494064b68d90820501ef2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438872</v>
+        <v>393119</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>48.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>438704</v>
+        <v>392853</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>19.75</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>438698</v>
+        <v>392389</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>19.75</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>438605</v>
+        <v>392044</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>438513</v>
+        <v>391528</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>438490</v>
+        <v>389600</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>438322</v>
+        <v>389594</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>0.8</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>438209</v>
+        <v>389563</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>8.8</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437660</v>
+        <v>388634</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437585</v>
+        <v>388627</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437516</v>
+        <v>388092</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>1.75</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437363</v>
+        <v>386586</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>3.5</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437356</v>
+        <v>386432</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437349</v>
+        <v>386371</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>437080</v>
+        <v>385961</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>437073</v>
+        <v>385909</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>20.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>437059</v>
+        <v>385763</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>8.6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>436946</v>
+        <v>385497</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>436861</v>
+        <v>385459</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>36.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>436588</v>
+        <v>384643</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>1.5</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>