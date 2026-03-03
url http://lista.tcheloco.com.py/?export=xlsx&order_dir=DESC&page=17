--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -14,206 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 18:12</t>
-[...20 lines deleted...]
-    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
+    <t>Lista gerada no: 03/03/2026 09:49</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2279 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>TABLET LUO P29 5G / DUAL SIM / 8.0" / 32GB / COM TECLADO / PRETO</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - LUO LU-4987</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>CAMERA VIDEO CAR (DVR) - ECOPOWER EP-8769</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R382 - 2500W - 2M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV918 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF168 - 5L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>MAQUINA DE YOGURT RAF R.14404 - 220V</t>
-[...65 lines deleted...]
-    <t>FURADEIRA DE IMPACTO WADFOW WMD15551 - 220V</t>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF167 - 5L - 2 EM 1 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8803</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8802</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
+  </si>
+  <si>
+    <t>ALICATE MULTIUSO TOTAL TFMFT01151</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA KALPANA KL-120 / 1.2L + 260ML / PRETO</t>
-[...32 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>FRITADEIRA AIR FRYER RAF R.5384 - DIG - 8L - 220V</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CELULAR LG G365 4G / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares LG</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947ddde660e65257f18b48e6c59d59fb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3823188f93b6ad4cbf41e0224edcf063.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25a5b966e58e03a97cf2580ae6c425f9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c445257c7c0acc6a20f2bdf731d39eb6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e54040d069a7e57808a644eba3e44b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5f6ab63cdd19e8eeea4e2f471590e7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262214e99fbdb57c206785120cf35721.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b74d1b7babc21d6342f6699dcb6a662.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc520d679a3a5d398e48a3033eeb53ef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d2c84cca88e056368cda735fdb4108.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd68664a24ca4064aef167fa85a9a003.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e16d7b1af80c2ee72880862dd66e96e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5f610069288abf712f337a8af797d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ae454f97c01d188cb447b9e9fa001e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f66998b6f703ae6c50174f5892cfc4d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692e07118f9e97b9d81da0eeab8dc59c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52c98d190a1eb4af58ab2868ac99745.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81726e271f45b6129bb8dd3e32b62a5e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b453ffce33ad07803c22aa703009496.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829bdb791c19bd45f5990e8e01c176c9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e644b73a2b235c72daefee22106bf98.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2b8d547e8a378a74ee911bfe042c5e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d371cf9757750b6a1af908c44f57ec9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318346457c024ed6a1dcd287f52ca160.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9796b0b5cd517e1ea9dc88c6e4bc6755.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5496d60677f98db4e58cfb705580c5ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ed59735ecc564f2ea973d0784695cf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c05094033e6cc69a2791addf34c6c8b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b863abb9f46cceaaee6fbbcbe76493d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62f4df87b674250ff25b954e7205b97.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e677abb2e4d6e20a23591ac5e1ddba77.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f51a8b7fcb3701fe10b942f8de218a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443b06e95381809a165f9ecf8ce91546.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f0d633752738b7202898a70fda542b6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29324a0d1a5de83d3d016d4183a896d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e1f0cf3bcd06b38432d5665fd2af7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9dd576cd37f1ad2ea019dde1b64a53.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f42d895ef0de6969147f59bfe012e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f44f082d01db041e169093e7d67c43.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86711179153c061235ffb2a1e3cc8f3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576819</v>
+        <v>582445</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576802</v>
+        <v>582421</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>26.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576796</v>
+        <v>582384</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>26.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576789</v>
+        <v>582353</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576772</v>
+        <v>582322</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576765</v>
+        <v>582308</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576741</v>
+        <v>582261</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576734</v>
+        <v>582230</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>4.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576727</v>
+        <v>582223</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576680</v>
+        <v>582209</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>113.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576673</v>
+        <v>582193</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>55.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576635</v>
+        <v>582186</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576628</v>
+        <v>582179</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>4.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576604</v>
+        <v>582162</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576567</v>
+        <v>582117</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>21.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576543</v>
+        <v>582087</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576505</v>
+        <v>582063</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>135.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576482</v>
+        <v>582056</v>
       </c>
       <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>105.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576475</v>
+        <v>582049</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576468</v>
+        <v>582032</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>