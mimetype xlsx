--- v1 (2026-03-03)
+++ v2 (2026-03-03)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 03/03/2026 09:49</t>
+    <t>Lista gerada no: 03/03/2026 11:09</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2279 - USB/SD/FM/BLT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>TABLET LUO P29 5G / DUAL SIM / 8.0" / 32GB / COM TECLADO / PRETO</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e644b73a2b235c72daefee22106bf98.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2b8d547e8a378a74ee911bfe042c5e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d371cf9757750b6a1af908c44f57ec9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318346457c024ed6a1dcd287f52ca160.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9796b0b5cd517e1ea9dc88c6e4bc6755.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5496d60677f98db4e58cfb705580c5ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ed59735ecc564f2ea973d0784695cf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c05094033e6cc69a2791addf34c6c8b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b863abb9f46cceaaee6fbbcbe76493d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62f4df87b674250ff25b954e7205b97.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e677abb2e4d6e20a23591ac5e1ddba77.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f51a8b7fcb3701fe10b942f8de218a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443b06e95381809a165f9ecf8ce91546.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f0d633752738b7202898a70fda542b6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29324a0d1a5de83d3d016d4183a896d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e1f0cf3bcd06b38432d5665fd2af7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9dd576cd37f1ad2ea019dde1b64a53.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0f42d895ef0de6969147f59bfe012e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f44f082d01db041e169093e7d67c43.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86711179153c061235ffb2a1e3cc8f3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c693d44ad9cf03b2f9c19b0a7c29afa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/285cd3fcd2f7521747bcbfca010a67b4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a868e66425c7ceed5c1567d7338e0ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b09c57ce473df4337247ede01f3ed4e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0536c1a772ed56024c16cc5e3a886cf6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a94cc85725413b03c7ee4a9001fb282.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a9a19e68d7f06a605df0286240e04f9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf7d22111ba9e0e370e55aaa268a172.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d94945704e84c3812154d590a84b65f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8c25f4bcaf30b44b21ef66aca34224.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f6bed4f22db6634ec8b44ebb2622d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fcfc9e6745ceac774f68e0c73b85c5d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd110bff0d1337e6183bcd8cded65f2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51df3c7a798113a37de4e09486718307.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d75e83bc3b2b119e9ce1c752bfb803.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff7ead04aeb46bfbf747051e626ac8c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e37be3a97cc1a6fd8858bfa28a4e14d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89bf3afe9d999a050481d89e938f56f8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bddac4cf4724d8d32f0540a067a3e09.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f954b3215211531d7dea08ba88352611.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>