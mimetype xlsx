--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,197 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 07:21</t>
-[...5 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>Lista gerada no: 10/03/2026 09:45</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE A-PAD01 - PRETO</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR DOG PROSPER P-1700 - 110V-220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S301 BLUETOOTH 10" 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAPACETE PARA BIKE FOSTON SP4 - COM VISEIRA</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO - TQ-228</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>COOLER PARA NOTEBOOK SATELLITE - A-CP20</t>
-[...29 lines deleted...]
-    <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
+    <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>LANTERNA ECOPOWER EP-2612 - SUPER LED - RECARREGAVEL</t>
-[...14 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>SECADOR ONIDA ON-219 - 3500W - 110V - 220V - VIAGEM</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICA MATA MOSCA ECOPOWER EP-8200</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR DE FRUTAS HAMILTON BEACH - FRESH MIX - 66333 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>HAMILTON BEACH</t>
+  </si>
+  <si>
+    <t>FERRO HAMILTON BEACH DURATHON 19701 / 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>CAMERA CCTV TUCANO COLOR - 3.6MM - MODELO 520</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>RASTREADOR GPS TRACKER 303 - GSM - 4 BANDAS - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-602 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER  EP 7061 IPHONE</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WN-725N - WIRELESS - PEN DRIVE USB</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F121 - BATERIA - USB - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM MEGASTAR MP-1842BT - CD - BLUETOOTH - USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
-  </si>
-[...55 lines deleted...]
-    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a299bc2ff91bc232621b9d504549a2f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1baac6da07634a3af97b2b2f968849df.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a07ff3c2660749820a3b1e66059ab3c1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9a02739c39a44b6d06804094f18922.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7635d259e1c57a799badfb80608476.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76c7ff3a4c001491519733185f9af85.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cad328ec7e079a280ad25d05a12c17a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b0c6fab47bcf6815f0e8e33d5e0ae9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9a252e000e6f0984135127bc428468.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba763b671ebc3ed50245f40963e6ddcc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fe8c927944166c141b6b34baa15e49.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d2148389ee7b8f82f67d216f442653.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2b9c528856bf8835e3c62978ba729c6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3abd418491c52d31f52a1a3c60057758.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a01af82ad2f05ba091bf8e18d5e515a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c1d565289258bbda247baef39753b50.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc09f312c527b13ff1638007e72b7514.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4c378b4e3daf5338037e8b6d7e17af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871076535014efdf15792ce3e2b8789c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac37c34765e153156e6fdab442e13a3f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc19cf6d5a4ec35755188bc4c2bb4020.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29391056d9aa5e168b50514396480295.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e6e390704c05b77904f53365505149.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa7f7cf7f0d466108742e72c952821a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003ad449662a874b9a2c00f9040b6488.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5d19595d02a591dcd598d4758c24ce.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b88b69f6dc31d0209dd876c34f1f8e68.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c038f27d98b5d6de1a55532416644f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a8b80a120d1b83c0b26267b85dd2fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0bf026459803611dc171f6cf40746f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f06470ec9e005f950f952f1eb0ce3a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7140e386c0f2d7507e42e534f979fdeb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4994d0a4175de06ac4d77a841d92195.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1534cf79b64340aa8b615b2bf9e19f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/306d82e03cd968ef0150595844233763.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88a756a6645255bc400752147731a0cf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fe76c0358aa792590b2f7902612532.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842171e54dcd26dee57bc53cadffa4a6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20a8f19e9e7c8310a64e78598e088806.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19ce78e128f5371099c358c171570c9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -419,81 +437,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1138,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>444422</v>
+        <v>403085</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>443623</v>
+        <v>403078</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>443197</v>
+        <v>403061</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>3.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>442985</v>
+        <v>402958</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>64.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>442732</v>
+        <v>401326</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.3</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>442176</v>
+        <v>400909</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>9.75</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>441629</v>
+        <v>400800</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>441612</v>
+        <v>398664</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>441315</v>
+        <v>398213</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>8.5</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>441292</v>
+        <v>397957</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>441285</v>
+        <v>397605</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>441278</v>
+        <v>397209</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>441261</v>
+        <v>397155</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>441070</v>
+        <v>396714</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>441056</v>
+        <v>396677</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440936</v>
+        <v>395908</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>34.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440844</v>
+        <v>395106</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>49.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>440813</v>
+        <v>394451</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>440806</v>
+        <v>393294</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>440790</v>
+        <v>393218</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>