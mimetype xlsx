--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -14,209 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 10/03/2026 08:03</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 10/03/2026 09:36</t>
+  </si>
+  <si>
+    <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
-[...8 lines deleted...]
-    <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
+    <t>FERRO MEGASTAR PA220A A SECO / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO  ECOPOWER EP-M106</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR PHILIPS - CABELO - BARBA - HC-3520 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...110 lines deleted...]
-    <t>Ilumina��o Automotiva</t>
+    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>RODICAR</t>
+  </si>
+  <si>
+    <t>PC FONE SATELLITE - MICROFONE - AE-263 - PARA GAMER</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5190835197829d672b1625501e9d2f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8cb4332fe08227d1623d8c7b8b48edc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2b369e6b3e0be4216454b64df90f8f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/388c34a48344a2c566eeb7bc680d2c4e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b08fb11deefbfbb53949056ccf249a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0b5c0078cc549b20c5547ab18ac17d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e33a16ba6808b348e84c642c25af16e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb6dd672818fe24c5a310607ddc263c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e090964784f017097cb0376a393242d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7051e396237a298dbf21778e68b385a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6fa00187282dfee32cefb236b4b8a9b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692bb026cfcdfd0c3a2f5301bea9810c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562daab19f7cec8e8646d2c615c66fce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46715dde2625856f56d7fca702f8ea77.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a709af4ec9214fb4629e20cf2376a69.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebe5cd9a296663e433098ad34c57021.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de5bef4356fec671084bd003ccc79423.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc857c126a4ad94b0aa4f1a651bb42f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2807284bde5d76005e5dec0c448530a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329354ba698bf2608b93322d0d111918.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232f4b2813c66608ac24021549334501.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ccee3b748787ae24eb53a780389ef1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b4da587e1cc1e9e815365a98f01b58.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4f8e931067fcdaf9dfd06fdb66c4c4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d94218fd4ba6d4f4aff3aca8c54875d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65d6baef9720bb759d3d87eeaff8a63.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6388be70be79340cb0046dcae8635b79.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de832f3c9304b3969d0d3b8a4cf18dce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd35bfee4be533fc293d3e63129d943.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06ae97c528e30aacafd5acb03b726a2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1617f693f54fcab154eaefbe414de5fb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ea4011324c2d90a1f75677ff6e8f09.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4f1452d65ebe845efd56be5746d724.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c0522b2b2a3dc915f4a541e354db7d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d8503381827ed13ee06086cac9e29d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d03873c1169555458357f56f467ed8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05000b253889991dc57961a1986d268.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ebe66eec75f784ef6abc6fcdb691eef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f197779471112c3314fed3aaa0ea066d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d579bd9acdd2845f50dec61fa229375e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -311,51 +314,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1152,415 +1155,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>419666</v>
+        <v>414500</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>419604</v>
+        <v>414319</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>418850</v>
+        <v>413268</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>417990</v>
+        <v>412742</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>417983</v>
+        <v>412292</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>2.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>417808</v>
+        <v>412117</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>416269</v>
+        <v>411868</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>52.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>415958</v>
+        <v>411790</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>414746</v>
+        <v>410946</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>414586</v>
+        <v>410663</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>414500</v>
+        <v>410458</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>414319</v>
+        <v>410038</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>33.5</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>413268</v>
+        <v>409599</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>412742</v>
+        <v>408998</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>9.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>412292</v>
+        <v>408493</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>412117</v>
+        <v>408486</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>26.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>411868</v>
+        <v>407878</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>4.9</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>411790</v>
+        <v>405706</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>4.6</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>410946</v>
+        <v>404211</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>5.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>410663</v>
+        <v>404129</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>1.45</v>
+        <v>2.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>