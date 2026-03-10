--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,215 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 05:07</t>
-[...5 lines deleted...]
-    <t>Alto Falantes</t>
+    <t>Lista gerada no: 10/03/2026 07:50</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7058 - 1 USB - V8 - 2.1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-25R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
+  </si>
+  <si>
+    <t>DVR TUCANO KIT - 4 CANAIS - 4 CAMERAS - SEM FIO</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV - TV SATELLITE - MINI - AK-723G</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>SENSOR DE ALARME DOOR VISIONBRAS - VB-PS120</t>
+  </si>
+  <si>
+    <t>Alarme residencial</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>LAMPIAO CAFINI CNL-9108 - SOLAR - VENTILADOR - LANTERNA - LUZ</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER FUSCA - BLUETOOTH - LED - RADIO FM - USB - TF</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MITSUO - 12000BTU - QUENTE E FRIO - 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD - SANDISK - 128GB - 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSA PET ONIDA - ON-P2 - KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H3 - LED - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP HB4 - 12/24V</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS MANUAL - MF-233</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-136 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
   </si>
   <si>
     <t>ROADSTAR</t>
-  </si>
-[...133 lines deleted...]
-    <t>DIVERSOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a9bf4e49820d0f2d52f7519ec3d538.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6616b0bf0d5c47c9fa7bd5492c55514.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/072f9485f4bc3d41b928ecfcea381ed7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88b1cf60cb99b368114704cc57d498b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e6b27a2e7dc2e18a837e6e7ee84e8a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c068687515d92e5d566b2258c2b5c24e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0c5483c8a9b89a0863c17aa017004.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ee781d3f096254cebf459289871994.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62293b7ee59b209eb6d3e73d75e8bcd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57fe8f56053d2c468213ff8d3fd1030a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1b404c7db388dfbb72b79c46b8780f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ed391f1e57bd7834ab5dd2f8a2b205.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d1bc23e5ca12a43c175fb3f5052aff.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d898a43b6910398e1360c9d57ae89178.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37336f89f5cf7a618180b20a2b64d23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e2039b7cbe54a0bc3f6877f54cd72f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53f0b9c08fe521e47d9cca00892a16cf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bf4d3442587dbdb66324a06b70298b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bb11ad790f152d0bea2e87710796b3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e5c12870f5e2e6b7342d61d4d79cbf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c259d2f198dda9ff393cf73eba3e20e4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee5478ab8709bf8784b326ed39e04cf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df06a9c0dbd762c6301c2e2d80c63d1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd99fa1532dcf262cab7ffaa912fe306.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6805c1236a81547d5c1cf5a9fb951448.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7d17961a21f28e0cb69e9c4eeaa4e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef2e6aa77be1428d3e0756e0e01c0bca.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0efa91343168348aa7c0ead6ebdff6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ef3412a8733c35b0697473b900e183.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d497543b5a65a927ecd0d8e7dc9ee3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a857c0345de3a6a08c6f2ecce5df9e0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5763be5ef5871501d55908476cd91e7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968ef2b6d9acce224280160a848a8c7b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227f97f5acdc615bd8b58e6bff75007d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a339cc06f9c8847315ee6731204374.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d22cc3904b8b523476350da730ae64c0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f49c96849d57f0f11d181455b0aec5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f56e0f820c6218aebbdfe024559a8c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ba118908a347baa2334c3bb5590fa7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47c290d9d9a3c1584538d13768fc5ab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>447805</v>
+        <v>426350</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>447331</v>
+        <v>424691</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>447089</v>
+        <v>424684</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>446952</v>
+        <v>424523</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>6.6</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>446600</v>
+        <v>424516</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>12.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>446419</v>
+        <v>424264</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>446365</v>
+        <v>424110</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>446358</v>
+        <v>423854</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>446297</v>
+        <v>422796</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>76.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>446228</v>
+        <v>422222</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>446020</v>
+        <v>422000</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>30.5</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>445979</v>
+        <v>421720</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>1.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>445924</v>
+        <v>421676</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>32.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>445412</v>
+        <v>421485</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>445405</v>
+        <v>421355</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>445214</v>
+        <v>421140</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>24.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>444996</v>
+        <v>421089</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>444989</v>
+        <v>420334</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>444781</v>
+        <v>419666</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>444712</v>
+        <v>419604</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>0.99</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>