--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,209 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 05:01</t>
-[...5 lines deleted...]
-    <t>Aro LED</t>
+    <t>Lista gerada no: 10/03/2026 06:32</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO ECOPOWER EP-8612</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER - TS-G1010F - 190W - 2 VIAS - 4 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2720 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DVR DAHUA DH-XVR1B16 - 1080P - 16 CANAIS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MAQUINA DE ACABAMENTO MONDIAL - MA-01 - RECARREGAVEL - BIVOLT</t>
-[...107 lines deleted...]
-    <t>DEPILADOR ONIDA MINI - ON-2133 - BIVOLT</t>
+    <t>LIQUIDIFICADOR MONDIAL L-1200Bi TURBO/INOX/BLACK/220V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL COMPLETE CONFIDENCE - 5546S</t>
   </si>
   <si>
     <t>Depiladores</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...8 lines deleted...]
-    <t>ALTO FALANTE ROADSTAR RS-1053 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>ALARME PARA RESIDENCIA YATING - AAX4 - 2 CONTROLE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV SATELLITE - AK-724G</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGASTAR HT563 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1310F - 5 POLEGADAS - 230W - 2 VIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab60ce252488e78b9e340e423b42293c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db24aafc561a34229c98300696b1947b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce81c6adcdc5cd35ab2eb85d6f81c710.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e592db0122080dabae869d7229fc6d8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1339424a4bc67749c305d46d7d17d563.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c72947d925e5560e79f60592727fae0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380b3dcad4746f993b91e4e63a89a02d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77af8914633ec507a0f2044d48afe835.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1251c62a9c643e0e9cf21c72aab85d2b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a874b2c94b5f8d76b0c7fb381481a9ec.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e7cc063f5e583be9f4de977fb01a82.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761d72e446182ac240731a77fc67ad62.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109ee31e27c84527f397cc8cea3152b7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25fed2e165a4855477f468eec717d58.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deec1bb915b09c06783f8bdbf94cde3d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b94d8fdaf452f8358d567a4ae0d15c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fae8f68a324bc24039ba80ea3b71a4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0529e6e2e9374d69f4ba7be906ebe0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48716c8dba6d26c2985220e275f078bc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f55933208566093e825574bfe2597cd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf394c226e86d75d50ca97de749be8e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/febd62e6eb224b15645289285490ca4a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50a50aa5b24616cf64e415cfa828fa7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f1fca7ea8444a8b81d9ece5fc460b7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7772122a44bad631a44ce37e2216bc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a8a86dcfa42dfe93a5bb7b63d1ac6f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c9d15b62c40bf74de76a1ff5cbafcf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9007ec5c0d2f7ff1342b5f8a938b0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cb3e0a005155b68cb9b4e5f47ef3bd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252fc0924012700ecfe0da0c70cd8d7b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03fef4b6632623cd72b9c836040368cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24a71df177d586828871e44ec1c61d4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4569685e558fef29a7584b865520de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f12565000ef0f35449e1ed2999bcd6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6492f36539ff05670a941e662d42e6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64e7c56db64b5c3008de09ead525ae6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c00208a035b98bcef6f3362c5edfe28.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa94c64319a70e374c55cee8bba53844.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fd583573ff4d7030ad921513aa72a6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f977f1ace6f87b0056762dd05c353fd8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>450720</v>
+        <v>435994</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.3</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>450638</v>
+        <v>434454</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>450621</v>
+        <v>434409</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>42.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>450461</v>
+        <v>433679</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>86.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>450423</v>
+        <v>433662</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>93.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>449908</v>
+        <v>433556</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>449601</v>
+        <v>433549</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>449588</v>
+        <v>433303</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>449496</v>
+        <v>433297</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>449472</v>
+        <v>433068</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>18.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>449250</v>
+        <v>432559</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>13.75</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>448918</v>
+        <v>432313</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>448901</v>
+        <v>432030</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>448734</v>
+        <v>431972</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>448680</v>
+        <v>431224</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>448666</v>
+        <v>430791</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>448444</v>
+        <v>430463</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>448321</v>
+        <v>429764</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>6.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>447898</v>
+        <v>429016</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>447812</v>
+        <v>428828</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>