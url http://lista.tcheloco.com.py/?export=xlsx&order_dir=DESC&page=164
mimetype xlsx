--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -34,186 +34,186 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 06:54</t>
-[...14 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 10/03/2026 04:55</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>ACELERADOR PATINETE FOSTON S8</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>DISPLAY PATINETE S8</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER DMH-G225BT - USB - BLUETOOTH - CONTROLE</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PURIFICADOR DE AR ECOPOWER EP-C813 IONS NEGATIVO</t>
-[...62 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
-[...44 lines deleted...]
-    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351d1026f69ee97bfdf0b884aadbb421.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbf9a4c6731e1f9947789fcf997bd36.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c3cffc90358c790597e3a258a54d021.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ae88fb80e1310306011388ec2189a9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51deeefe0319e825a96b3ee31d7ca8e7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0fc94d7ce671c400b4a24499feedad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e53a2b8380eee44b96a51dfc07acfd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee00dc76af6edcf1c049b70e39747fa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5901eb1a2022f998935fe541121150ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c98762089fd2b8b607bf915ad8d631.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2acbfc2a31dfd9c2f0ea75b2be959e01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a867fce12b74a952ae4549c4f1db986e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2807a1a1b32117c7f685df88fd1c6430.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223c4fa6af111c8492a9ce74fc1db345.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d714c19e6f99ccc3e4430ef7a5d077c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a3c01e08e41a47dcd4931fa267b35c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213e50cd1e5614bb7626c1a23d93a38.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fb17046183c6b804a64d1fd9fbede2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862e2c5c70cf742a4e79a59a0b14c565.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab59bbfba63dd4515c6de00ccb76ed1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1935dce2a770b7c1c8e3d3d74d43877e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33f63f483431778d01fe5e952b355f27.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693c7fc67d81e760c8c47d863843b3d1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59527181156f7b98aba80f911fc7732a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d35d0af5db37d29a4c8f88d1b935d5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae48ecabab9a47ee9ca20e3b8da6ad84.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316f94eea42a5a464b96c3c4951ccaa4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b228bf7efc1eda0813e88c2ce806d3f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bf0750ea2278e9ae27e912419c4ed3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d795c7e702671a80e328f7efe995e008.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b038643ea1d7e52428c5b63ab706a38.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369d9d0b66e3b54e90127ce476b88739.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28c0bbbad608bab5b6068eefdf51d79.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec05bb0160cd5034537fec8501089acf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d6e4e76f8505a6d64b67bc5ee79b0e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e015013b2b5b6ff075dfcbe30b43201.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41776677098a923b2b10f3b86bb9171.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc587dbb3bd1e306a05ecfb8b6c776ef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/348d132230e81f8cc55ccdf233d81f00.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daf27f9b1cbcf215d13e652782a7c549.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>458030</v>
+        <v>440806</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>457934</v>
+        <v>440790</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>457927</v>
+        <v>440745</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>457897</v>
+        <v>440714</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>457880</v>
+        <v>440646</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>1.9</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>457866</v>
+        <v>440325</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>10.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>457859</v>
+        <v>440028</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>10.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>457293</v>
+        <v>439831</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>1.8</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>457286</v>
+        <v>439817</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>11.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>456999</v>
+        <v>439459</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>34.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>456951</v>
+        <v>439374</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>456937</v>
+        <v>439138</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>456586</v>
+        <v>439091</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>65.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>456319</v>
+        <v>439077</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>12.5</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>456258</v>
+        <v>438988</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>456241</v>
+        <v>438704</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>455794</v>
+        <v>438698</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>49.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>455770</v>
+        <v>438605</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="F19" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>455237</v>
+        <v>438513</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="F20" s="3">
-        <v>4.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>455091</v>
+        <v>438490</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F21" s="3">
-        <v>20.5</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>