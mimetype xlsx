--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 08:37</t>
-[...2 lines deleted...]
-    <t>SPEAKER MEGASTAR HYJ181BT USB/SD/FM/BT</t>
+    <t>Lista gerada no: 10/03/2026 12:26</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...5 lines deleted...]
-    <t>Multiprocessadores</t>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>FERRO MONDIAL VAPOR     F-32 AZUL   220V</t>
-[...119 lines deleted...]
-    <t>PURIFICADOR DE AR ECOPOWER EP-C813 IONS NEGATIVO</t>
+    <t>LIQUIDIFICADOR MONDIAL L-99-FB - 3 VELOCIDADES - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3c1290ae1b45017b4d50c11865f8bbf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0e01b27c4358ad775ef36f06ea4e75.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23884858f8bae205856ed78aa5fd16dc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5115265e2fe9a8b51f90b9205e7b7a38.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe2288812260604dd8be350ed8baf18f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f14df31b2b0c5f1c9802d9e630f2ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa99a621804bcd2fb0c5d5a373b1d69.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e85a2eeebe08a0928f05ae676d40bc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1befbbcaa2a290e384c39faf0fd0eb9b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67acd936e5f2f9cd7a1019249b29e10a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c48be0971208f9b0545c567dee4b58.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa605205b1556629e2ea83fb9d7c3c86.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68eea2f89f325d79f70e4b4d0b2d84c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efc22a70b34d77a44723b19b5d32e96.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe5a84a0393ddd2f4416556facb2dab.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f470b007743473d45f974dd44fe1ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5d6d25e08497e372f2f9c0d33c50bb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4466414843ce3f66149708daa6307e2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abba0fa308773312dbf94e6ddff3a054.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c171f838a7fd86823ec0380b1882ff8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108bebfc99c532fabfbf03d79c4647e1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2616e840eee929364ec92ad4973c028c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121fac67ac5108e9d11753c5a226ae30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a07b6f915ef8568e46d6d99683c6c098.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f334172e8bdcfc9eecd41422bc24a6e1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e4483c1cbdc3e6284760ade85ec967.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e5d6730684e85cc84532ea181793d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a3b6b5e7c23e1061a8aa53540a2cad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668b89fb536ebe7474b73210dc1355b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3834cb62f7ec1791bad24ee3df9063c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0032dc343358005a8a865eb382db58f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8812209af66e15549fe35f51be3d2bdf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3519fadd45f95d86641dfd1c4ceb8ac0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57413c12050cf60e7d8062828e50a0ca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61888c9e67fe2cbca671204aa621c66f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f792d828c9137a1f6f3c7c192199fd6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa8b88563dd0dd5dbf2827e05956d3c9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f76504bb709369a3f191ff4d04a3096.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21677ef75c9a7a7560dcca1eb733ec3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a04a45fad17d2ea8c78a0de63a671d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>461016</v>
+        <v>439831</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.0</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>460804</v>
+        <v>439817</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>460514</v>
+        <v>439459</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>14.5</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>460477</v>
+        <v>439374</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>1.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>460279</v>
+        <v>439138</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>460248</v>
+        <v>439091</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>4.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>459907</v>
+        <v>439077</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>459723</v>
+        <v>438988</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>459716</v>
+        <v>438704</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>30.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>459501</v>
+        <v>438698</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>33.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>459464</v>
+        <v>438605</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>15.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>459327</v>
+        <v>438513</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>459136</v>
+        <v>438490</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>18.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>459099</v>
+        <v>438322</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>16.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>458993</v>
+        <v>438209</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>458795</v>
+        <v>437660</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>458573</v>
+        <v>437585</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>458030</v>
+        <v>437516</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>11.8</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>457934</v>
+        <v>437356</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>457927</v>
+        <v>437349</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>