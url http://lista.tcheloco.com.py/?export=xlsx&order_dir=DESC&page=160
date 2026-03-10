--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -14,218 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 10:23</t>
-[...14 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 10/03/2026 01:14</t>
+  </si>
+  <si>
+    <t>SUPORTE P/CEL UNIVERSAL LUO LU-309</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE A-CP19 - PRETO</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 PANASONIC CART C/05P</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TTX-6218 128CM</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUINA LUO  LU-4606   ACABAMENTO    REC  2V</t>
-[...11 lines deleted...]
-    <t>Termica</t>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MIXER BRITANIA    BMX350P 350W      220V</t>
-[...107 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b77ca36ac76828ddcbee7517973d44ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c518fffe37198bd28561b496dad721.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d7f2d5af9a1cadd11343da2a361a5e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b3a52c921a3df41805336df582c371d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6531e1648d20b3d66a95dcbdce4c2d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f067ed0da6efdfb769ccdd6f6462770.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f1276927daaee11e7a86560a1eeadf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edef0c05c5526adeb140bfa0bab6a385.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cba8ff7b0e8d8cd08dbf5d74ae3a92d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf372b9184350be5686045904696f006.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bd4d080ddbea682b574e4bce03b0c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640b65ffedbf65f4107accd6ae4888bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49fd5288c258e3d840e1b589aacd017.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4874bda25fb609aa910fe03c315e58.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62ac13a329c3664276bd38ebdfe9db9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06a8b444b128afa9b374374b382d86e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbff88e57999565a4c2403adf18dcafd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edfeb0ab0c31bcde1797c112496f5fff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2c45b61c74586858321c10812f209c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce08c2407ac0d57efd97195db9d9ff5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0beb5e04e47ff4afdbb01651e9a27e37.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3bfe79d9f95daa45b5731029c6925d5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2897288146bd5fb01a06cbcb855323.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0d1f40897822bcaf115a3aaf9b8294.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a52709274d0c5d53a5f2c3686984cc0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdf8ec1c16f66321ea7a1d920ad7001.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0314fd197c3f00491f2f4aee1c578b08.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0aa8b1823ab9ae93a95c2571a1dd6e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d59e7db1262c49469d76acc70df19d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa217013dfc1fc649b28c8298322f2ef.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d28b8b728beb899188313a8b43c887d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cfd2a750926e8542f148f78152c2f8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb2084434d62a624331ea5748571e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77369fcf3c6501528e3debcd83de6c28.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0148f9ad4acf759e7accd109d515f071.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d236092fa3986a4b574bcc6f27e177a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f95b247b0c860c2b76b9db364af26c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48a1db41e5f22808f171a57013a13d4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda95692a31224476c295fed777e8b0a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6909a3438213b23008b0a68a9ef1a3f5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>466868</v>
+        <v>453097</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>70.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>466691</v>
+        <v>453028</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>127.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>466561</v>
+        <v>452809</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>466325</v>
+        <v>452748</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>466103</v>
+        <v>452694</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>465939</v>
+        <v>452564</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>70.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>465915</v>
+        <v>452304</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>46.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>465434</v>
+        <v>452052</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>2.6</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>465427</v>
+        <v>451994</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>465328</v>
+        <v>451987</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>87.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>465281</v>
+        <v>451970</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>465236</v>
+        <v>451963</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>63.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>464529</v>
+        <v>451956</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>65.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>464437</v>
+        <v>451932</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>3.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>464420</v>
+        <v>451789</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>464369</v>
+        <v>451741</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>3.5</v>
+        <v>12.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>464314</v>
+        <v>451697</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>464215</v>
+        <v>451642</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>464130</v>
+        <v>451598</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>4.66</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>464109</v>
+        <v>451321</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>54</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>35.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>