--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -14,203 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 10/12/2025 21:49</t>
-[...5 lines deleted...]
-    <t>Massageadores</t>
+    <t>Lista gerada no: 03/03/2026 09:32</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP9112 - 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-2880 - 2X8" - BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK LUO LU-4007</t>
+  </si>
+  <si>
+    <t>Notebook</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA HENGDA YQ10128 / 1.5L +  CUIA 140ML</t>
+    <t>MAQUINA VGR BARBEADOR - VGR V-368</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618P - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618N - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16239B - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E113 - WIFI/1 CAM</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR  LUO LU-4002 - UNIVERSAL - RETRATIL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8765 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8763 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8761- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ARAX VX250 - 2.5L - INOX</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER KARAOKE STITCH LP-7 / MIC/USB/BLT/REC</t>
-[...14 lines deleted...]
-    <t>VENTILADOR DE TETO CP56 CANARMNA - 56" - 110V</t>
+    <t>COPO TERMICO NOBEL HOME NH-30346 - 1300ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR MEGASTAR CH07N - 10000MAH</t>
-[...89 lines deleted...]
-    <t>INTERBRAS</t>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18220 - COLUMNA - 3X1 - 18" - 220V</t>
+  </si>
+  <si>
+    <t>DRONE S9HP - DUAL CAMERA - COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f4161a00b6322f271b09b5d7e17cec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d3a25d57499a3c746c3f595d494aaf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9465bb7d225827ef043a040abe11f4f1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2d1204e4f2f31c48c05c76326d1778.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b996133368df2652fc98939bcb2e4c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745dbec621c857d6a48f64bd077e88b7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2223342ef1f44b452b6810dd570b3c76.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206f3eb13c65b96f270427f8ed32aa63.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cabcf078468a6ce351f48a2d5982f8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9ecbce1f60c5004f36aa396fc30a0b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f32e149b34a8f27280a4564b9b27027.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/061fdb239544892e9085a400213bcd62.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38990a0f9a630f5eab0485801dd52be.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06be765568c23a8265bca51cc14fddd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b5f37705eb35b476486526c9d3897bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79373206daf094005f50825268535cc0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e64fe2d706ffd0e21311523133ebdc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53b66943caaa49c8963da9d5ff27a47.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd2c5327c79147d8dd4c9ce1d27b77a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db313ab9803627639882a6c0caf206c3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9325e15bf24ae3c152b42785e0b4edbe.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8e6cb4d84e74821ac72306ac53cca6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21fa0b40e2734d60b6d60f3c1363ce7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e60a5f021f9fb96221edee4a848f45a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad5acdc64a02caf535940efdb755e1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a4a330b2fce99fbcc465fa640c5c4c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85357e93203ebc204fd96f2881d21316.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b76ac1cd43ea547311346a2907c7cb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dc1b78293adfcdcce7ce055333f3bf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1a4bc6672e73cb0828021f892b54a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdf2fb73998bf7209362819d38efe8f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5655a965f2e04da617349d5ca2c28ed3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f10ab607f6c466c777a92194ece8754.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a470217d47ac69a8a1979f9f70ebe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebbc0c9dc90fbb5d4a513ed105a7afb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c863b9faa6447ec5eae212c5bde1662c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d8d469f74d27aa024ea696c98ac3d7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5716ba1beb790877b9b29306cf5c0f05.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a18f8bd8904892d183ba59deb7554e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962d85df1f179387b5db0a2fdf144066.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577311</v>
+        <v>582865</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577281</v>
+        <v>582810</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.5</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577274</v>
+        <v>582803</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F4" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577250</v>
+        <v>582797</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>72.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577243</v>
+        <v>582780</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577229</v>
+        <v>582773</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577205</v>
+        <v>582766</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577175</v>
+        <v>582711</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>30.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577168</v>
+        <v>582643</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577151</v>
+        <v>582636</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>30.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577144</v>
+        <v>582612</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>60.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577137</v>
+        <v>582599</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>60.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577120</v>
+        <v>582582</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577113</v>
+        <v>582575</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>245.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577106</v>
+        <v>582544</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>64.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577090</v>
+        <v>582537</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577076</v>
+        <v>582520</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577069</v>
+        <v>582513</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577045</v>
+        <v>582476</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>24.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576956</v>
+        <v>582452</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>38.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>