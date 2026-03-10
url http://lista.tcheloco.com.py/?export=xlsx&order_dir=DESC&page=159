--- v0 (2025-12-22)
+++ v1 (2026-03-10)
@@ -14,194 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 21:05</t>
-[...5 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 10/03/2026 00:55</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL K8 PARA CELULAR V8</t>
+  </si>
+  <si>
+    <t>Termometros</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>TERMOMETRO INFRAVERMELHO PISTOLA ECOPOWER EP-2711</t>
-[...2 lines deleted...]
-    <t>Termometros</t>
+    <t>TERMOMETRO DIGITAL DT03   DIG HYUNDAI</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>OXIMETRO DR HOUSE    XY-01   DEDO</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGASTAR FAN 2020 DE  PISO  220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGA STAR HT1   MANUAL</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>PANELA PRESSAO ELET. MONDIAL PE-38  110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PX VHF VOYAGER GP-78 (HT)  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR -SATE   AMP-39  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-621 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
-[...44 lines deleted...]
-    <t>CALCULADORA MEGASTAR DS276    12 DIGITOS</t>
+    <t>RADIO CAR ECOPOWER EP-618 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>CAMERA IP MINI ECOPOWER EP-C006 1080P - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BRITANIA BLQ970 TURBO COM FILTRO -  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH CAR USBX2 / 12V - 24V</t>
+  </si>
+  <si>
+    <t>CABO HDMI MICROFINS (3D) 20 METROS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 2008A-12 / 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...50 lines deleted...]
-    <t>Bebedouros</t>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CABO DE ENERGIA 3 PINOS (BR)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH / BRANCA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1557d0077061c11a0cac34c0aaffd64.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f996c74b529d6790f754ad7636b9950.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0434fc3dd2919fdf68f8eafcd74b7970.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9248c9e833dbc413179c28a9e02bc5dd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb22c2886853ae536710dfa960f8ac4e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e310055ca12cb0c59b0b938a95360e2e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b966daa5fbb4e0e840b9b061a12be5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc34614df92a4e4a43d8b1ce889f0871.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10509c4a08310ba4846329fa531bee02.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3240ab281d860df0715811bbd3bd4654.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2645ba6aa1c0709c1c015c236ca93711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c038bbfa22a163822cf6a3b21a3a56.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3a5772b1a646fdec0c4bbfd84d4b10.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b34f16cca540683e57b8c7d759869e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb41edb51abae1655be95ad70d14dded.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6960bd3203278d44f9586f21ba27e672.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25737446ce3c5876722af235401144b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f8337cd8f299a0a55d114eeb4805a9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123f8473bdca480d04df74f2ed060fb8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0818c8265b15653f8da8ffc8a8663747.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71b1fdb5e25ac845232b68a1f187ba3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d9f05729961ced984bf6ec58cf5767.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca1c261dd0fe42ae09b1b7f7baeedd85.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54319241f7a02568caca169a2fd8d876.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b998265e854b3a9b4909c7be5c17ad.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa5ab072cd25536cbbc5ee6ffdc073d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ee3ba1ca800d7b0fe40908bfd3127e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178d95911f8b1a3029f4200d0aa1ef4a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be74fcd892ed3f7d20ccf630fb9d9d16.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dac39c1b1239147a3f33fbe97c1ce8a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c6d1c10be9c1a4b5c6fa28a3e94768.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4865c36ce6c0aa5ef6e0927e61dc6b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4873fa4776a3bd78f107a5709ef388ce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d98e24bccc3064d89c70c5bc8cf42c1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a9e404e88ea5a7869df701b7f10680.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363e70034e204db124bf7b3974b86a9e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895cfff873fc35eda2f4e56bd33c0bb2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d71bb9f93c73af5bb09f47723f0b5f36.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674508c4fc3d249b46106f8ef72895f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b512872a24d82ffb7d80211037beafb8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>473033</v>
+        <v>457859</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>473002</v>
+        <v>457293</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3">
-        <v>3.8</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>472913</v>
+        <v>457286</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F4" s="3">
-        <v>3.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>472807</v>
+        <v>456999</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>19.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>472791</v>
+        <v>456951</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>63.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>472777</v>
+        <v>456586</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>472753</v>
+        <v>456319</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>11.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>472746</v>
+        <v>455794</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>9.8</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>472555</v>
+        <v>455091</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>27.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>472517</v>
+        <v>454650</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>20.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>472326</v>
+        <v>454520</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>6.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>472319</v>
+        <v>454506</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>472296</v>
+        <v>454377</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>3.2</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>472074</v>
+        <v>454162</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>7.25</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>471664</v>
+        <v>453462</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>471657</v>
+        <v>453431</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>4.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>471589</v>
+        <v>453424</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>471428</v>
+        <v>453387</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>471404</v>
+        <v>453233</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>26.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>471367</v>
+        <v>453226</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>173.0</v>
+        <v>8.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>