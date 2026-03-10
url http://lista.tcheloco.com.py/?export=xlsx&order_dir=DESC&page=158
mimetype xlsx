--- v0 (2025-12-21)
+++ v1 (2026-03-10)
@@ -14,200 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 21:58</t>
-[...5 lines deleted...]
-    <t>Pen Drives</t>
+    <t>Lista gerada no: 09/03/2026 23:37</t>
+  </si>
+  <si>
+    <t>M�QUINA CORTA CABELO MONDIAL CR-09M - 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>DVR TUCANO       4CH/         TC-D604</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>DVR TUCANO       4CH/         TC-D804</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB2550 40CH/AM/FM/SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB2432 40CH/AM/FM/SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>C�MERA CAR SATELLITE A-DVR021 (DVR) 2.4"</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TABUA DE CARNE/LEGUMES S376 (BAMBOO)</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA EL�TRICA BRITANIA CP15 INOX -  110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT (FINO) 400W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT (FINO) 300W - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MONDIAL S-07 / INOX / GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>CABO DE ENERG�A 3 PINOS (ANTIGUO)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>TERM�METRO DE PISTOLA INFRAVERMELHA HYUNDAY F02</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>ARO LED SATELLITE A-MK09  10"</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>RECEPTOR SATELITE GLOBALSAT 120 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AIRE ECOPOWER EP-C812 ION NEGATIVO</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>GLOBO DE LUZ ECOPOWER EP-1011 110V/220V</t>
-[...116 lines deleted...]
-    <t>Pet</t>
+    <t>PURIFICADOR DE AR ECOPOWER EP-C813 IONS NEGATIVO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC/MICROFONE SATE AE-358 GAMER USB 7.1</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>FONTE RECEPTORES/TV BOX UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Receptores e TV BOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL K8 PARA CELULAR IPHONE</t>
+  </si>
+  <si>
+    <t>Termometros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c535865d3b414daf0a8307f2a9cdb341.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f06ecca140cff8fb45fcc511cc72896.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0e4124de27b51441c32a421dbdf3171.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f83fdf62ca83ccb284f17ed2e163c43.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5931a8a414b3e1eac721c7929f33fb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb74330e2e416871ca80b542bfe0c59.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3753ea614482f783ea7ca2a421b73f37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6baef503d4130a7453d8a4a9c8b7c43b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f316989a4919eb1b148a6b4c9ebe06a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/553159e7f4b1530c60c1aa4c4a810738.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9eba2ee1153a75e6b81cb8f2fa51e9c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733c4854250279e3b5b59b9a8d25c9a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6badd8922be7e163b5214b36795c84e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe54a262d9d5cca7b63fc9f24bae2dc6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c2a274fed83928559c8ec3f46065dcc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cebfb1f48a1c73b0d077dc1a8237650.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8deef170b7237724683fb97cc0cf211.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4dfdc98b42aef3d425a1bf77a819327.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e07c8b510e09c779949bc8a899b75fd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab989452c6d4fe1976183a73c5b8d200.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f45c238c9ddddcfe0f94789896dbb6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3273a499f1d9f6ffc2863a262d17a0e6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04bfbf7f069db26093cc2b5ceac7608.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341ecddad3b3a541d0ae94a5836a8972.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9f1c3f83b15015dd68cd9897fa93cc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918846859caa9bdf9165be14fac6c4d0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c669623def24b8f082ba0d3037b8d18.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93de848cbcb61a8f780de49a33ce09c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2ff63d707d473fc5ed6b93519a6444.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b7239aa8b166362033fc68f81f281f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8808e1e7c65a34799820aef1441209fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be1e6bab1c0ff69acf91b48b277cac8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f341609a282588c6a64d04b0f17fc6fc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6990a6f6d7c53b718f6ad7b56bdc06f9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a16eb533fba97aec55be807cd73b209.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84665b51214d631fa53d856d4f36489f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6845f1cdff053447a036bbbc840c6f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97228c9cf0f507ea9844c38bf7a84c1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8435a4c72acedc37b9282a0be834b5ab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/411a1ce81b11c016de19714b3cdfa63b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>475655</v>
+        <v>459907</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>475594</v>
+        <v>459723</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>475389</v>
+        <v>459716</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>475365</v>
+        <v>459518</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>30.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>475358</v>
+        <v>459501</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>48.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>475334</v>
+        <v>459464</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>17.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>475037</v>
+        <v>459211</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>32.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>473729</v>
+        <v>459136</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>5.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>473712</v>
+        <v>459105</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
         <v>23</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>473613</v>
+        <v>459099</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>9.6</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>473606</v>
+        <v>458993</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>473583</v>
+        <v>458795</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>473477</v>
+        <v>458177</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>64.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>473408</v>
+        <v>458030</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>11.1</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>473231</v>
+        <v>457989</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>33.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>473200</v>
+        <v>457934</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>15.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>473187</v>
+        <v>457927</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>1.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>473071</v>
+        <v>457897</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>3.15</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>473064</v>
+        <v>457880</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>11.25</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>473040</v>
+        <v>457866</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>