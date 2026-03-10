--- v0 (2025-12-21)
+++ v1 (2026-03-10)
@@ -14,194 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 01:10</t>
-[...14 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 09/03/2026 23:01</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8207D 20W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8206D 10W - 2V</t>
+  </si>
+  <si>
+    <t>FONTE PROSPER P-0150 6V/1A/2V</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BARBEADOR PROSPER P-4408 RECARREG�VEL - 2V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO ONIDA ON-400 (1BOCA) / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA SUNLIGHT S150  500ML INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>A F NAKAMICHI SUB 12"NSW12D B.DUPLA 120W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>M�QUINA DE BARBEAR MONDIAL SUPERGROOM-10 BG-03 - 2V</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 12" LUO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LAMPA LED - ATMOSFERICA MEGASTAR GIRATORIO - 2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ABAFADOR DE TIRO ESPORTIVO SATE AE-740</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>KIT SACA ROLHA SATELLITE A-WP011 RECARGAVEL / 2V</t>
-[...101 lines deleted...]
-    <t>Termica</t>
+    <t>NEBULIZADOR PORT�TIL MEGASTAR MY126 - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MEGASTAR NRA72A - 220V</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL MEGASTAR FMA8C - 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC089N 2X1 PINK - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ181BT USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR  SATE AP-25 USB REC - 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>FERRO MONDIAL VAPOR     F-32 AZUL   220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de390c8205e8529e5e617289c88f26a8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d4bb1358e49ecba88984f36786adc3d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3332290d1cac08e9213da315b96abc7a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72cda04a23dab84e5ec1394124ead95c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4bc6b80b2b284e3adb1ac2a7b74876.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aae256fea9ccf698cf5b49c6b433218.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a19eec07368605d62f78f0ae2df486c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d761fd9bf81110f0fb2855ca73dad19b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e030bbcaf6dcd988fb8b7cc14abf61e0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be1e33df0917eb9f8da3a2fbc2cc216.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108fa948f3e8e30da34a0fd1033856ac.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69a4a6d451b9b1cbb958106b8f4253a8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712c38cc5b32ae51b0a7109e3746eb35.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c0efd2b693b61822df3fbfac83a1702.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e55c0fae1a4d3ea6004d393cfe903d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4676277228f4dd19dca4e5d34abb50.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4098319ce07b00ea970f46343492b1af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5451457e0162639eedcaf5f1746a6951.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddef3aab0c838a01d65cab99b4459e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb851126376f36fcaec0c8c62d772460.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fc85f02f4842b1b13cce27259b7687.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b2b538b0e0264aa5c715c735cb136.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00db25d8f0e432483611f017d84eef23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c81976706fa1d625f4af2e0937e30.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab54cfdcff905ec3c1949c660a4fab5b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27847140c669939a7d5a49a2741dc31e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c74f82d7381d5dd26a452b1218f104.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47afa1b9907cbb7ad7b430ad9b5af6a4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd56e0c81fdca611914b5f43dbd3c1f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30960fc70a2c76fae963ad72810cd010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03488dec9dda251a9efa795234c78db4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a07b8c186386145e3e5d72f8f067b30e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccfcde3e5d5accb31753d37035c12344.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a8f975c53ad7f890692ff1edcd96326.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381dd6f9e5e8571c0a23e9be22949fd1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791cfc68d52ff97ba9bf3b516ced8ff6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdd5b4ca1d8a584fb18c871a78f94b1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df66f06dc474b988775b0dc5c27be4ca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7208bd5e7ea6457fe9483935f40aac.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b66bc0d3c49889c49e894ccf1ccc02.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>477444</v>
+        <v>462051</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>476997</v>
+        <v>461993</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>476980</v>
+        <v>461955</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>476973</v>
+        <v>461948</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>15.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>476904</v>
+        <v>461870</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>476850</v>
+        <v>461832</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>3.95</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>476614</v>
+        <v>461665</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>476607</v>
+        <v>461634</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>476591</v>
+        <v>461610</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>476560</v>
+        <v>461344</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>2.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>476485</v>
+        <v>461269</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>476409</v>
+        <v>461214</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>476201</v>
+        <v>461184</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>476171</v>
+        <v>461122</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>38.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>476164</v>
+        <v>461108</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>475808</v>
+        <v>461078</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>475747</v>
+        <v>461047</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>475723</v>
+        <v>461016</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>475716</v>
+        <v>460804</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>18.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>475662</v>
+        <v>460514</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>14.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>