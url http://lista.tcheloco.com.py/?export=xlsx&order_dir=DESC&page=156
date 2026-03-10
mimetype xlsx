--- v0 (2025-12-21)
+++ v1 (2026-03-10)
@@ -34,201 +34,201 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 00:52</t>
-[...14 lines deleted...]
-    <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
+    <t>Lista gerada no: 09/03/2026 21:39</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MEGASTAR TC82 CUARZO  220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER MONDIAL AF-55   5.5L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AR ULTRA HAMILTON BEACH 04383</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>HAMILTON BEACH</t>
+  </si>
+  <si>
+    <t>ALTO FALANTES ROAD 12" RS-1244   200WRMS  4OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>CONTROLE PLAY 3 GENERICO BLK</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KN95    ( 20-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MONITOR HYE     16" LED HY16WLNC HDMI/VGA</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VASSOURA MOP SPRAY NAPPO NLM-069</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V MEGASTAR CH221 - 2 USB</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFONE PTT PARA RADIO PX 4 PINOS - KT2021</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MOX MO-EM60 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA TITANIUM BLUE - 2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7037 / 1 USB-C / 3.0 /  20W</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MEL DA MALASIA (CX/12 SACH)JAGUAR POWER</t>
   </si>
   <si>
     <t>Saude</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...128 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>JAGUAR POWER</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5919 E27 - 100W</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5918 E27 - 80W</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec43eb339f752ce22a6196f67747556d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff696320cb3c3412009c27510235a853.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c191c32e089ebb01b8ba81a41e216344.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8eb442eff191824329c97ff1dd8bd2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e00c50e5338b577db936844e47e52b2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaf5024f343ee4474d7fb575fb0e4f0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4d18595adc165772cfb9743138485b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bdadc63e72a52275c813b5708f2fef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e365a5f0b151eba4aafaf5c3bb47a6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63538b09816d4902777d84b8b470c45d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ad0630fba4f5255c888a7a20fa6e1d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/717b5c6c06ce0e82e59adb7c69f50015.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4b40f2e348b4a015c1e8b6a9463552.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8c8aab85c2baee1dca51d65bc88639.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c3ae67caba6e09fdb79507debc5c1d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6ac27e4534955fdba18070ca64c680.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb47a00ff88653353249d34c251fee19.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed69080b88d073ef94ff3c268104a6a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba66445adda706f70697051da5b7e90.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa4b71100c2df9c1ddb0c0a7aeefc3e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd70ece0d773efb2edf15b1d87edc28b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db8f8c4d5d9793cc100d12f37ec9199.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ce4db636a9aa93098cffa99ddaf280.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4108e24d6586157693af729f2ceaf23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b516b9f9d36cee08a1520dcb92eefb3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5730bfdda8dcdc034f18c57c1e75201e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406bb7b239ec117caf7a7b44d6f6cc12.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283668cbfd2b7dea932954824a6975a7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1934052783dfa798faa46b61f46f58ee.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c48150b5d4bdaf3094bee386d4becd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6be2c6366e620e77824ec6b5a66c2eb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5945e2ffb42f06f0d7f7311866c4001c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ff50e917efc119e5f80ec6af936d32.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a9ff00122cf20487d100b275a60492.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ede0769a08ccc0bbaee7d66da6c165a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc4479c9cb0950646d936f893124dca6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03dca0c88ed600390878936fb1a997f4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2b1c568151ba9891792f902a1cc2f7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d72949ee23865b9fbdf5114ee1b007.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214ab1926d76a1ba12653757d1ccb816.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1163,416 +1163,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>479233</v>
+        <v>464109</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>479226</v>
+        <v>464079</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>479202</v>
+        <v>463966</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.6</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>479189</v>
+        <v>463768</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>479172</v>
+        <v>463553</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>80.0</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>479158</v>
+        <v>463492</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>2.25</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>479066</v>
+        <v>463393</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>79.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>479042</v>
+        <v>463096</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>27.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>479004</v>
+        <v>462969</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>478922</v>
+        <v>462952</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>11.9</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>478861</v>
+        <v>462754</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>478625</v>
+        <v>462679</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>2.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>478168</v>
+        <v>462617</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
-        <v>17.6</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>478113</v>
+        <v>462594</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>32.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>478069</v>
+        <v>462518</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>54.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>477611</v>
+        <v>462433</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>477598</v>
+        <v>462334</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>477550</v>
+        <v>462327</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>477482</v>
+        <v>462297</v>
       </c>
       <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>42.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>477468</v>
+        <v>462068</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>0.98</v>
+        <v>10.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>