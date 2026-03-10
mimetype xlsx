--- v0 (2025-12-21)
+++ v1 (2026-03-10)
@@ -34,201 +34,201 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 02:41</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 09/03/2026 21:05</t>
+  </si>
+  <si>
+    <t>AQUECEDOR ELETRICO DE AGUA FSW-610  FOSTON</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-3802  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA LUO  LU-4606   ACABAMENTO    REC  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA    BMX350P 350W      220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T470   KIT 35 MIL ORG S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T210   KIT 20 MIL BLK S/GAR.2V</t>
+  </si>
+  <si>
+    <t>RECEPTOR SAT AZAMERICA KING GX PRO/VOD/IKS</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>AZAMERICA</t>
+  </si>
+  <si>
+    <t>SUPORTE P/ CEL LUO LU-422 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CONTROLE TV BOX</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>JARRA ELETRICA MEGASTAR TMK21 / 2LT / INOX / 110V</t>
-[...20 lines deleted...]
-    <t>Teclados</t>
+    <t>BATEDEIRA MONDIAL BP-02P-B PLANET/INOX/ 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIV. LCD-LED-TV ECOPOWER EP-8615</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 12"  TS-W312S4  1600W BOB.SIMPLE</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R014 USB/TIPO-C</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LAMPADA LED ECOPOWER 3915  06W/ARANDELA</t>
-[...110 lines deleted...]
-    <t>INICIO</t>
+    <t>PANELA DE PRESSAO ELERICA. MONDIAL PE-38  220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8228 01LED 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8227 01LED 2V (SOLAR)</t>
+  </si>
+  <si>
+    <t>TAPA BOCA EANNE   ( 50-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIG SATELLITE ADTR-07</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>TEL PAN KX-  500LX  /   /BRANCO/ C/FIO</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 MAXELL    CART C/05P</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c039cad32029c743108b92b8fcef856a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e3f399813708c515ace0d8f9b4e496.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472e36be9e24fdeabc540ece51dedbb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef58844ccb15ff6b1d91f65ee875f805.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951ddba4fb99609248f2c1c6354de530.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fb5c354ad010940144eda985c807add.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3313b9c55c76cc39a8e571310c7c121.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3319bd98ba3e2d297abd729f8c7a56d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82be062e81e50de3e70493692d4b634a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101d7750e65258c707250aa675a76457.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bb9b3ac90514c523c2f884fa001a09.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/022bf2d7b6f0d60f1d045fd54af581ce.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491dd24fb2ff86f5f1109010815ef14e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e283f610bc77f4a0a469b659fd3f8f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f6a9d4446c838198ddb442e6c19ef2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679696f5a63b01fec47284c31700cfde.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23b3a82d23ea5d89b8ea45bf804987d9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77ae01a9f95ae35765082ee9bcbaac2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a28b230c4fb905a3e8519523af557a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443e6446b40b571b65c476a9cb923721.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f40b172c83cb86b51d77322e2eed767.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c14d2efc15f5c5b6ac03c4a3d62839c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9326c0bac7720e51dccee07c09a3643b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc641925bf61be960c987e511c88fab9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c5bc3cf7bb5173c6f8fdb2c63c82ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b338284d2db0b5ff9439e1efeca73e57.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00ea3a8d1839e3850a3d32539297e76f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75ce15088e0a9adfd49b16a55272599.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5492ebf5a91d64ae83afc058e16e5f7d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2c131d30a63246c820d445c71e0303.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62656ac135dcd8bbf251641a2e2f17c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e24eacc4eb096e2a8b0cce6e58626b0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc29f86a4c5a1c85063315db0cb65eb1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda5f7dbd1cc3960943c61be6ca1e4c2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f136502c557501d98c656db5ef49744.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556ad8004834d57fca05fbc284ceca07.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719c2fd1c3f5dc92f1d6fbc85c26b5d8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcde7b3d33abaa0188387b31cf02fc56.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295203a33997757bba4d8b33e1328182.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f0777bd2a72d5237f6443ecc3a21f3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>480581</v>
+        <v>466868</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>480437</v>
+        <v>466691</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>480406</v>
+        <v>466561</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>480352</v>
+        <v>466103</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>480161</v>
+        <v>465939</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>480116</v>
+        <v>465915</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>1.48</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>480086</v>
+        <v>465670</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>480079</v>
+        <v>465434</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>480055</v>
+        <v>465427</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>480048</v>
+        <v>465328</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>335.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>479912</v>
+        <v>465281</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>39.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>479684</v>
+        <v>465236</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>479677</v>
+        <v>464901</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>479585</v>
+        <v>464529</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>35.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>479578</v>
+        <v>464437</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>1.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>479516</v>
+        <v>464420</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>479479</v>
+        <v>464314</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>479455</v>
+        <v>464215</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>479431</v>
+        <v>464208</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>53</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>479387</v>
+        <v>464130</v>
       </c>
       <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
         <v>55</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>56</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>2.1</v>
+        <v>4.66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>