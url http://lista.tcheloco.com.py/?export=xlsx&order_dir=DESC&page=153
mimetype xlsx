--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,182 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 04:16</t>
-[...11 lines deleted...]
-    <t>SECADOR ONIDA ON-093 - 5500W   2V</t>
+    <t>Lista gerada no: 09/03/2026 19:27</t>
+  </si>
+  <si>
+    <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RECEPTOR  ATV A5  IPTV/FILMES/SERIES/4K  BRANCO</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/15AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA   DH-HAC-B1A21 2.8mm/1080/EX</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>LEITOR CODIGO BARRAS ZKT  ZKB101   CABO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX350ES PLUS CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>REFLETOR LED -  FLOOD (FINO) 500W/220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>LAMPADA LED -BLUETOOTH MEGASTAR 701A /2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-3900  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-6900 SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F100  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGB112LAB BINA/2BASE /PRETO/ 2V</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-1902 CABELO REC/PROFISSIONAL 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...92 lines deleted...]
-    <t>ALPHASONIK</t>
+    <t>PRASONIC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5367dfac10097a13c4a6d5a8b864aba8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb2b95dfc6ad0c4dc956a585f7eab11.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1213f2af4beb8fa3d579df24ba12ba9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f706b920e5c5ce46762ea772e44c2b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7bea00f8afd8cc7deff228c5b119b76.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea4e0241874008c3015fec3d3c3258f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76e26adf1232098a6ba63319e3436a3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b064b8521a2d724d2aef37375aab95f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468ea9b4b4aea029740ee1c13349f518.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e46cfdcd56168b152087b7eae94b5c1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19b23be82459b0891f5e23088f9a3c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a20f851ad206071d755c815a2f49060.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c786fe82bf43ca666194ba6d01a922.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd95669d29afddbd978e655de20478d6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d1df19a7d698debfca604cc91d1d2d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/059c3aeed8675a11e7aa950a2bb92a70.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c59bf62ba0dbd9041a37cd807d5628b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b439eea242ed93c022edbc15a9a4c2ed.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb09922a46917226d3760419774d6df9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1573777dac529a0b8fbc46f652cd32.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bec52006e66723284c8a1e61a58ce01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d86c704befe5b15991cd3ab7b575de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d339f4db33ddc8d615a30b7c0d36542.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b333a5f35b269b0643b2cd8cae80bdd5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18cdda6d1b818380a411876a7c940cf5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240da445087c005c5e4eeb95cb2ec09d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64be9903f336b2db6e6757a45eadef25.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c17ac1f2faaf96733c1eda2feadcdcf3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b12ff4e8acda0ac8bf6a0f7761c4d1b0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d6759bd40000e403f644e667de1db0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/219664d2fd4a0e2ab11c6d2ed854cf54.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2029e60a2a5749e14b6fab689db53599.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b6699f3d89d879c704e2aea68ecfe5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777c502b4fead5f147fab70024fc59ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68be8a59969728695e54e36e80212f28.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b73b4794c01bfc24aa76bd984203548c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e43a848ddd2fc0e29b7a2d0549f7acd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe3af9dbd79b0794a9412ea73f174fd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921cb098b578caa909c62fc952ea3ff9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7bb8de402e4d518fc0656cb56c74143.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>484244</v>
+        <v>470698</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>484084</v>
+        <v>470636</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>19.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>484008</v>
+        <v>470414</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>483995</v>
+        <v>470353</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>483940</v>
+        <v>470162</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>483933</v>
+        <v>470155</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>4.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>483926</v>
+        <v>470124</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.2</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>483919</v>
+        <v>470117</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>483384</v>
+        <v>470100</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>483377</v>
+        <v>469937</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>97.0</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>483360</v>
+        <v>469883</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>88.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>483230</v>
+        <v>469708</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>39.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>483223</v>
+        <v>469623</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>32.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>483209</v>
+        <v>469616</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>66.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>483124</v>
+        <v>469500</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>73.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>483056</v>
+        <v>469494</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>83.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>483032</v>
+        <v>469395</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>49.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>483025</v>
+        <v>469371</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>42.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>483018</v>
+        <v>469364</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>37.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>482950</v>
+        <v>469197</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>28.0</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>