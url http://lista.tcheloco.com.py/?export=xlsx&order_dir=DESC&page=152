--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,212 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 04:17</t>
-[...5 lines deleted...]
-    <t>Transmissores</t>
+    <t>Lista gerada no: 09/03/2026 18:19</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16D0T 2.8mm/2MP/EXTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL S1038</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP30     30-CAF�E/PRETO/110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL HH-03  REC/USB/2V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AF-50  5.0L  220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1936 INOX (VIDRO)   220V</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>SATE</t>
-  </si>
-[...130 lines deleted...]
-    <t>Cuidados pessoais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80bda9ef759bf8a9b2e0a2159071faf0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4983dcc3c58ab7ee679bc8e3fb595ad.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a149065076787c36566e11061d5c80.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f1a9d517716b5059ede8bf01181496.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb33af56178b29727cffe11f03b605ff.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cd7041ae304c5c092d35d32caa34082.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb2f10ab47b1fe843249dd36ab1c1565.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2540401576bc4cb5c951c81d034e4466.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c6fea369be85aa1b0c7e26e69e4e5a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bc1ff0687cf81259ae011be9d045310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3238a09223a6a5ed1a061cc61f56d34a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/573f83274b4dc6edb535862e0e425f8e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8dcd31d898b18f0109add9eaeb66cb2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429ad335ead9b7ae5ff486ee0501a49c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320f17e0cde53baaf225a4a61447a7a2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cf845e848106c45e61fc7827f3084b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eefa0338358187caae28734136633050.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ed197c7a67c3353f8e8c886cf348b1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80746a48c0731df850434438728e4a40.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769894bf17f5296ca50e3b8d693b6a65.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0db2ae524a634fc2e07bf57ea853b6f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba14bec57dc5757c5fcd9c73e6ba2e37.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d24816cf9d7195648f3a1194766fac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f101d0f86e8017c022629e71466080.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4488f09ad0490a7508e873b3dcf53af9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8037f59d3613c87f2a7063ddc19aadf3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3efb281518582d3d480bd1475a56d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48499b161834da4de31c3bfd76ff695a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2229cbda1ff8542976396df00afedf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca1233d37e670eed54d020e268c041c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48505211e69ae74777b2abde033ce307.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e7ee615daacdbb84faf3aefa13054f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6603b6fdeb67286b1d6ee2453da0f11.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f41dd8ae0f36ed117e2f3fd367bb01.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1486e9a25e9bb90df2453d45783a015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc9f3d9e671ce89a5616678b1969bd6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b3b5ebaabc6d0c0ca0c57594027c50.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b322de790c884b64f78d22b087518a7b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d71494d568c9ca492df5f2fc75b38f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640eee684f22c7759f21f2f93cc900fc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>486064</v>
+        <v>472777</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>486057</v>
+        <v>472760</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>486040</v>
+        <v>472753</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>29.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>486033</v>
+        <v>472517</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>485975</v>
+        <v>472319</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>485685</v>
+        <v>472296</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>485678</v>
+        <v>472074</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>485470</v>
+        <v>472029</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>485463</v>
+        <v>471664</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>485449</v>
+        <v>471657</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1.8</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>485401</v>
+        <v>471589</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>485333</v>
+        <v>471534</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>485289</v>
+        <v>471428</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>38.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>485180</v>
+        <v>471404</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>485012</v>
+        <v>471343</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>9.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>484916</v>
+        <v>471329</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>85.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>484909</v>
+        <v>470933</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>68.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>484763</v>
+        <v>470827</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>48</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>350.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>484657</v>
+        <v>470803</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>1.15</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>484251</v>
+        <v>470773</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>18.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>