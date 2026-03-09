--- v1 (2026-03-09)
+++ v2 (2026-03-09)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 09/03/2026 18:19</t>
+    <t>Lista gerada no: 09/03/2026 19:34</t>
   </si>
   <si>
     <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
   </si>
   <si>
     <t>DVR</t>
   </si>
   <si>
     <t>HIKVISION</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE16D0T 2.8mm/2MP/EXTERIOR</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
   </si>
   <si>
     <t>PATINETE INFANTIL S1038</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0db2ae524a634fc2e07bf57ea853b6f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba14bec57dc5757c5fcd9c73e6ba2e37.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d24816cf9d7195648f3a1194766fac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f101d0f86e8017c022629e71466080.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4488f09ad0490a7508e873b3dcf53af9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8037f59d3613c87f2a7063ddc19aadf3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3efb281518582d3d480bd1475a56d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48499b161834da4de31c3bfd76ff695a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2229cbda1ff8542976396df00afedf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca1233d37e670eed54d020e268c041c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48505211e69ae74777b2abde033ce307.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e7ee615daacdbb84faf3aefa13054f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6603b6fdeb67286b1d6ee2453da0f11.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f41dd8ae0f36ed117e2f3fd367bb01.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1486e9a25e9bb90df2453d45783a015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc9f3d9e671ce89a5616678b1969bd6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b3b5ebaabc6d0c0ca0c57594027c50.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b322de790c884b64f78d22b087518a7b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d71494d568c9ca492df5f2fc75b38f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640eee684f22c7759f21f2f93cc900fc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aef27c430fa277e094940899fca7c62.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14ca50964ddb2a8ba5393c7c75bfc9b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3eb784f0c405a1d11a1fafb08b434e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae117815f2875839ac566a50c4278203.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b7a2b5d6f6bbf5b3b0e547ad43e2a2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62ef6160e6404668fcd8da19a57c9838.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b12e4a9bd344aad4483065323f3a250f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf014dc9014bbcbc4ab3929e49d213a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf98333359c0bc908771edb858a5c648.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147a5be8e5be8b5a3a75a6328ce9500f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb962ac42f86aea72a31102c5a79df9d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19bca050bce305ff707ff0a64f127854.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27885bdfcf31dff0c2baf9122a1fa53.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b6acde47c8318611cc5a20aefbaef97.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cd2f04acf92fb539c388e3b066975b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d68981b453671159804612376cb57b8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e90cf198cc0e308059b9f1f62513c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c4db4d1968181e6a8f2f7c4eece0894.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38efd05a238a56e2403f5a00709b98ec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3885d22e554522d7415573469598fd3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>