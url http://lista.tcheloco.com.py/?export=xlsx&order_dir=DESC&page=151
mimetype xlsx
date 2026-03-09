--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 06:13</t>
-[...5 lines deleted...]
-    <t>Scooter</t>
+    <t>Lista gerada no: 09/03/2026 18:04</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR  MONDIAL L-550W POWER BRANCO    220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-052 / 189 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-053 / 159 PCS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR  RS-5X7 "5X7" 50WRMS 4VIAS 1PE�A</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-4X6 "4X6" 50WRMS 4VIAS 1PE�A</t>
+  </si>
+  <si>
+    <t>FONTE DE CAMERA CCTV 12V/30AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CARREGADOR XIAOMI 5V/2A (TPA-10M50100VU01)</t>
+    <t>FONTE DE CAMERA CCTV  12V/20AMP</t>
+  </si>
+  <si>
+    <t>FECHADURA DE PORTA DIGITAL HYUNDAI HYU-420</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO CVC C32 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>CVC</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-2127 REC. ACAB./INOX   2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7033 1-USB  /2.1A/  /TIPO C</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...34 lines deleted...]
-  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SELADORA A VACUO PORTATIL  110 - 220 / 50 - 60 Hz</t>
-[...80 lines deleted...]
-    <t>Transmissores</t>
+    <t>LAMPADA LED ECOPOWER 5902 100W/RECARREGAVEL SOLAR</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5909   7W/REC/  2V</t>
+  </si>
+  <si>
+    <t>PET ECOPOWER MAQ TOSAR EP2805 KIT   220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA BIGSTAR        3.0L INOX</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO PISTOLA ECOPOWER EP-2711</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE10DF0T-PF COLORVU 2.8.mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7116HGHI-M1  1080P/16CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7108HGHI-M1  1080P/08CH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103beb5fee969b684a4f2a13127ab084.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c226d85453a05202309b41e6e908e45.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3995a4a8fadf4b5034424480593f31cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ba140d2830dc4878243cd5dd7d26c5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafa124c37d18afdcf8b0246db32206d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371d04ac7398f0e3bde651cc68cf15cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1e7c985aef635630a9b1b5471c818.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a138818b3d1190fb392e92e491fb5e21.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13732deca02a3871cc49f5edf3232509.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdbfda34c558cad250293d2cb058c67a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceac30ebe42a52e427285e1a643bff1d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2dd744e785cd490201f89ac7f6920a0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b204d11699f221a11fabdcf8d42f2fae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca019aee8e86b0e0638dd1e095110a0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89d82521d327bf9a86332ca27108f1a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6ebc0d76850bd762f40af05ea372208.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d848fcf3823d14987d6451bd957c85.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48069b964f956437890789aa3a00ed27.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75fa2123672747f80192e31b406546a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76442356b6753fce8f5aca2b79b6eee.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f94031c162e2573dd16f72a17c6055.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7480ba99086ae2bb1e065cd13bbd274e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a6ed055b725570411d1aba0b6b5d05.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41fc646401d9c38f5dbd8e701b9ffcb3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdcb10baeff7258944f8695a65f6dd9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd41df3d1e1773a4196d0e5d317dbabc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52329d2638719fc1cd24a1760983becc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb7355dc5666fd08877a6f0511bf6d0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13e6f009d0dd8468749cb8a15eea7e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f92e34b5cc7e616063328ed6ea637e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7ab88f7ed4cded574cec12e01a4af7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda6d159e0f920a7ea53a6921fd74e32.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a1f435cfab3d534261acb52a03f3647.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32850614145c6413d3c2dc6e8f5972e2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43c86db66d046cb7ced7b33173ce592.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92763e0a06f807fff10befe1510bf82.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a902d92a8fc966b61e91d5b0e6b9991.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/788f5bd2871dbed8b51707f2679c2e45.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8735f0e16f3e07241526ef986f0e3a7c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be798c358ac44f987efa4e4ebc5c0bf.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>487825</v>
+        <v>475334</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>487740</v>
+        <v>475037</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>487412</v>
+        <v>475020</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
         <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>487399</v>
+        <v>473729</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>487351</v>
+        <v>473712</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>487290</v>
+        <v>473613</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>487245</v>
+        <v>473606</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>487153</v>
+        <v>473477</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>4.7</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>487139</v>
+        <v>473408</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>487085</v>
+        <v>473200</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>487078</v>
+        <v>473187</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>487061</v>
+        <v>473088</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>27.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>486897</v>
+        <v>473071</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>486880</v>
+        <v>473040</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>2.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>486811</v>
+        <v>473033</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>486705</v>
+        <v>473002</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>486699</v>
+        <v>472913</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>486583</v>
+        <v>472807</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>486446</v>
+        <v>472791</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>486071</v>
+        <v>472784</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>37.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>