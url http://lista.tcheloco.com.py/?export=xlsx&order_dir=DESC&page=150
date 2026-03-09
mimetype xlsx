--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,203 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 06:11</t>
-[...5 lines deleted...]
-    <t>Batedeiras</t>
+    <t>Lista gerada no: 09/03/2026 16:37</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-CB2660        SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>CABO USB/CEL/ECOPOWER  6027/  /IPHO/ 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
-[...11 lines deleted...]
-    <t>ALTO FALANTE MTX  12" SUBWOOFER RTX128  8OHM SECO</t>
+    <t>BALAN�A DE MERCADO ECOPOWER 40K - 220V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP012 REC./2V/KIT</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT SACA ROLHA SATELLITE A-WP011 RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP010 RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL TUCANO ISDB-TV(INTERNO)5MTS</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-393  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-391  2V</t>
+  </si>
+  <si>
+    <t>MAQUINA  NASAL MONDIAL TR-01          (1XAA)</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE  ROADSTAR 12" RS-1253BR 300WRMS   4 OHMS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>MTX</t>
-[...2 lines deleted...]
-    <t>LUPA MAGNIFIER  39250 80MM</t>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART HS30/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART CAM/HD/WIF/5-ANTENAS/TF</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV ONIDA ON-008 32/75" GIRATORIO</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...92 lines deleted...]
-    <t>SATE</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2503  USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA BIGSTAR        4.0L INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1011 110V/220V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>KIT PARAFUSADEIRA COM MALETA NAPPO  44 PCS / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cb80acc559c5f5ddeb0af045426973.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e4820881c6ec736cb0ee2f6a758d6e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a368eabb11382ddaa5b9cd1b81a5205a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22776d957a6b782fba0283014e4a8666.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85714e9ce842d99216c4eb2d0d00b49f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/488b5d83fc283236507de882a2c979e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd21d4ab9ecf190a06ae73b803d54eb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6fc749b792ff4dfff76c4e4edde377.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c0ef5f535d7f898f1f51b157088d92.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799a42ab27e5c07f3cc5fc9155e0900f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540dec62dbe767ec0304d60f759903f5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd6589702bb266b744d4ffa4463d43a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca9922c8ca525ea4fb307bcbea89daf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026f7237284031cf25902927e7b90c19.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85e90afbfed354f66c7cde9ae958123d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9c1f95794cbab009eeee4938c42977.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de4539744c395c14f43087fda633abe3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad49605d4177df0776fb016ef62db066.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bd584c2e43ddbc4236a1911c6d59db.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37adb9911c68c69020953de288145a4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d609c8580197ac84ba07a45c562ce90.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d90bb643ff695c5c2171755dbb905a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7fe39a0bbca6994d3d022a40d59ff32.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07553b0212f0e00a38875842848797e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44487f74e19840d986edf488ea8ceb97.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce799e36c0a8c5947b90b884f43cfd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f751fb808594950e510df4497fbf6099.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b04d003cd03d905a767c9bf5dedd13.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af62e3aa8d9a6221b06d2bb9b455a80a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a5a31790a5d74220d9f0e3b838a255.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c885830b7f61e3b9d5f850c44e70836d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff152271d0acea0b49c630c5d9a5e572.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bbad34702bc0072db82fd723e34b1a3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75fad661627f7c4504f54926dd7b40f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542569499f7fb31c5afcda97496d3542.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264e4a4c8544784cb244d271eba5da05.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992ca14d61bd8e69850e49bbe220f943.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54ed5f506cd80ab85bfcabad3aed3dc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a349a953a56fab82632f631f9c9c76c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4d7f799ef1b4c03bac786544925569.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>489553</v>
+        <v>477482</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>489454</v>
+        <v>477468</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>489430</v>
+        <v>477444</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>3.25</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>489140</v>
+        <v>476997</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>28.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>489041</v>
+        <v>476980</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>489034</v>
+        <v>476973</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>2.5</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>488945</v>
+        <v>476904</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>488907</v>
+        <v>476614</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>40.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>488853</v>
+        <v>476607</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>9.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>488815</v>
+        <v>476485</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>28.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>488792</v>
+        <v>476409</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>488778</v>
+        <v>476201</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>488747</v>
+        <v>476171</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>488686</v>
+        <v>476164</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>488594</v>
+        <v>475808</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>31.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>488556</v>
+        <v>475747</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>488501</v>
+        <v>475716</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>35.75</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>488471</v>
+        <v>475662</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>488136</v>
+        <v>475594</v>
       </c>
       <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>488020</v>
+        <v>475389</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>48</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>16.5</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>