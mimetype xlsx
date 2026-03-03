--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -14,215 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 10/12/2025 20:54</t>
-[...2 lines deleted...]
-    <t>VENTILADOR MEGA STAR FAN2620 - PISO/INDUSTRIAL - 220V</t>
+    <t>Lista gerada no: 03/03/2026 08:02</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA 3 EM 1 BRITANIA BES26SR - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 16516R - VERMELHA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16510B - CROSS/AZUL</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 16509G - CROSS/VERDE</t>
+  </si>
+  <si>
+    <t>GRILL HAMBURGUER MAKER RAF R.253 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS 11092  INOX/VIDRO - 12 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>BATERIA KODAK  27A CART - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX - I96 KING - 8K</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M311</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR LUO LU-49005 MULTIUSO/CARRO - 2000MAH</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL LUO LU-4989</t>
+  </si>
+  <si>
+    <t>TABLET LUO P34 ULTRA - 12" - 64GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>KIT DE FRIGIDEIRAS RAF R.80008 20/24/28CM - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS COM TAMPA RAF R.8033B - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO RAF R.10033 - 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE RAF R.3404 - 800W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-304 - BATERIA RECARREGAVEL</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...134 lines deleted...]
-    <t>SUPORTE PARA CELULAR LUO LU-489 - UNIVERSAL</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-303 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-302 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-301 - BATERIA RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6558b809c8e0faad5b9ab4b4ee1f4d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e4a3b236e7cf1da5e8a7b323d000efb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de05f3acb73649077d01d59de7ce2fd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118ec2b94290181380f53e2f1405b178.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d965b835561df47ea2698a08f1df5c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33b9898db9b82ca408291b2111560ed.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f666953b5e28ddd3834df916daa419a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c016f8476575a0e15658b2210a86761.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef9aac773f22b28241053d2f74e5b22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ca6aac7d762922732cb72d75338eaf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3116f7be982230fc1057c4bceb54e57a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e992ca4567d2f809569ef1ba7d05170d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c42de79e4e0ad05b6b1e35aa83312690.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/687bf32ff69b3877c3243522f77467a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b79fb90c90ebae38d6f126267d28f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3437a519a3a853aff41f64a34d719950.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cedafceef3c903470ecc0d7048a9da.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709f2407e7fa766b74d8ea953de22213.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8885369a2c2021f7711c19c2d9e78f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0597759e9f758027b949385b90750f34.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b589636006118cc6806f149ca756c74f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c1378f80bff91de12629297c142332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5d0d291fa433579b4552c6ecf1fad0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68459647a5ab8f2c06ccf9fce75d3ab4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc82cc553dd6c37fd25bca9f44c4214.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f367b40597bb26cae3d64940f05a91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e8e5b1271a1d623e52ceb33a88f71b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad12dfc08a7f7082501e8bf723737db.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3386bd40e2f3cb5e64fbba13bfa8f22e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da04bec0ffa9959cf34b27495b39183d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/713eedb345738cf6ce7750bb95801876.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f43811152700386ba19e1b6fdde8242.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75ed45738cbd40a88105ab9c23ab165.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d96303bf110a1bcf8e2b133fe7fd790f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b419828606027e4695343a1f0164196.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078fd00856251640aa42d8ad56649f9f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9929804b39e420f2fe658be08dc31b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab6ea84b19613cb6f69547630d789b0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce3cf3dce159f1e592e09dfe1d97d10.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eddf3bf3b97594b38f83ebc33908e77a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577595</v>
+        <v>583121</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>155.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577571</v>
+        <v>583114</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>52.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577564</v>
+        <v>583107</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577557</v>
+        <v>583091</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>27.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577540</v>
+        <v>583084</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>27.9</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577502</v>
+        <v>583077</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>32.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577496</v>
+        <v>583060</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>40.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577489</v>
+        <v>583053</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577472</v>
+        <v>583046</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577465</v>
+        <v>583039</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577458</v>
+        <v>583022</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>3.25</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577441</v>
+        <v>583015</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577403</v>
+        <v>582995</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>131.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577397</v>
+        <v>582988</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>117.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577380</v>
+        <v>582971</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577373</v>
+        <v>582964</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577366</v>
+        <v>582957</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577359</v>
+        <v>582940</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>7.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577335</v>
+        <v>582933</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>3.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577328</v>
+        <v>582926</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>