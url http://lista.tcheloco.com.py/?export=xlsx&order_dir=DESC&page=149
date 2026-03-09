--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,224 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 08:02</t>
-[...20 lines deleted...]
-    <t>CALCULADORA  MEGASTAR DS2780   - 12 DIGITOS</t>
+    <t>Lista gerada no: 09/03/2026 16:28</t>
+  </si>
+  <si>
+    <t>FONTE 110/220 AA50E</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2400BT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2450BT</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA OKAMI OK12 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>OKAMI</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 6 BLUETOOTH/ BLACK</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR  -MINI SUPER LIFE XF-69</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TV 24 HYE HYE24DTHG   / HD  /DIGITAL</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-2510 BIN/PRETO/6.0/2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS982            8DIG.</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>CELULAR  BLU JOY 2.4  J012 / DUAL SIM / PRETO</t>
-[...71 lines deleted...]
-    <t>SPEAKER  ECOPOWER EP-2526</t>
+    <t>CELULAR IPRO F183     2CH/4B/ (SOS)     /PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO A21 MINI / DUAL SIM / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>FERRO BRITANIA BFV2000P CERAMIC / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M203</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
-[...44 lines deleted...]
-    <t>HP</t>
+    <t>MAQUINA PROSPER  P-2121 REC. GOLD DIGITAL 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T270   KIT 25 MIL GRY S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS ONIDA ON-2675 ( TRIPLO)</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>REMOVEDOR DE CALOS/LIXA DE UNHA ONIDA ON-562</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA PROFISSIONAL MEGASTAR/4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd54712448c93be23e11ae7bf9877bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058598e050811c38062bcb9fb7ea49ac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddeecf481d16e11751b0de8c44537993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb71dd5d05e2f211bb4c959171770a18.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ffabec79192a376bfa1461e25241a4a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5563b3c8aede67651c11d5c4d1ce2344.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d952aa0111063b28d3e02d6f81ec45.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0e881ecc837a53fa8043fe060982c2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd1788b0c5a75b20c87cfbf16a068b5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07cd53b749442e47bc8dbae4045d3c69.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66964f201f50cf2a975b45a161edae8e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45381613a70ff0a663e6237d03994de1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678967139b49c74147f9ca3a56cab23a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90fb33685dd5b5fd54151aa06b8c35f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/472b5723b8a10217ae2b640b6570602a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6f91e2d04fd3fc30765964df04ea3d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5e40bd28d690317b477ae141652839.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e88040eb41c377c76948070100ab45f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ab452b5d0f0f3db390297592078601.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4114cfdf2872477142063e899dbfb1c6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/404046446fe428fbdff5a52fef8f3922.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a88552681fc08262f0d947f67721e06.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ef575f8d525f57dbf03cd09f84dbf6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cba1b257639403a40d34b731afbe207.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252afc0be9ead4e0a36cab8348741d9f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6269a4561f43511878f8038cb2ca6f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91053e3058047f18cbc9986dc2daaf99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64780f8c7f67b2bf940be207a82aaceb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c15ab4d8a76d32578948dbf4c929d35.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ceb1fb80bffb9e03fecf4c274293bdb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75491f8a6fa51aa22d7172edadef5e60.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4be71afbcf29915b39190feac537a2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cd2c7fbd557359d66887321eb6bf6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4022471d1115ea8bb1f24da4422ca0cf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcee01b4a8d929f0a5685f86a036d1d2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c61a97d4aac18308a59d8c814508007.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2713ec51d3d59d22ff6cf6b999d404f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a0bad4992822bd20c78fb87a2617a91.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/621017ba2248f1636d721e1a8135611e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a8a4f43cede84fd7262d524c6f6c13.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>491075</v>
+        <v>479387</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>491068</v>
+        <v>479233</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.8</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>491044</v>
+        <v>479226</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>4.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>491037</v>
+        <v>479202</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>23.9</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>490931</v>
+        <v>479189</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>490795</v>
+        <v>479172</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>33.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>490771</v>
+        <v>479158</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>490733</v>
+        <v>479066</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>23.75</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>490696</v>
+        <v>479042</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>1.06</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>490634</v>
+        <v>479004</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>490566</v>
+        <v>478922</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>35</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>3.99</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>490399</v>
+        <v>478861</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>339.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>490290</v>
+        <v>478854</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>3.3</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>490191</v>
+        <v>478625</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>96.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>490184</v>
+        <v>478328</v>
       </c>
       <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
         <v>44</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>490054</v>
+        <v>478168</v>
       </c>
       <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" t="s">
         <v>47</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>10.75</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>490047</v>
+        <v>478069</v>
       </c>
       <c r="C18" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
         <v>50</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>38.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>490023</v>
+        <v>477611</v>
       </c>
       <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
         <v>53</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>38.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>489966</v>
+        <v>477598</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>9.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>489638</v>
+        <v>477550</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="F21" s="3">
-        <v>26.45</v>
+        <v>24.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>