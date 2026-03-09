--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,212 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 08:00</t>
-[...2 lines deleted...]
-    <t>OLEO DE CANNABIS - FULL SPECTRUM CBD KOBA 1500 MG SABOR CITRICO</t>
+    <t>Lista gerada no: 09/03/2026 14:19</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO ARTERIAL DR HOUSE 3005-1  PULSO PORTATIL</t>
   </si>
   <si>
     <t>Saude</t>
   </si>
   <si>
-    <t>KOBA</t>
-[...14 lines deleted...]
-    <t>CALCULADORA TRULY 8 70-12</t>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>FONTE 110/220 AA50E</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2400BT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2450BT</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA OKAMI OK12 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>OKAMI</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 6 BLUETOOTH/ BLACK</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR  -MINI SUPER LIFE XF-69</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TV 24 HYE HYE24DTHG   / HD  /DIGITAL</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-2510 BIN/PRETO/6.0/2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS982            8DIG.</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>TRULY</t>
-[...2 lines deleted...]
-    <t>KIT COZINHA KITCHEN WARE  S-262 / 03 PCS</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F183     2CH/4B/ (SOS)     /PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO A21 MINI / DUAL SIM / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>FERRO BRITANIA BFV2000P CERAMIC / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...17 lines deleted...]
-    <t>Hub</t>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M203</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PC HUB ECOPOWER EP-R011 USB-C / 4-USB</t>
-[...77 lines deleted...]
-    <t>KOLKE</t>
+    <t>MAQUINA PROSPER  P-2121 REC. GOLD DIGITAL 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T270   KIT 25 MIL GRY S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS ONIDA ON-2675 ( TRIPLO)</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>REMOVEDOR DE CALOS/LIXA DE UNHA ONIDA ON-562</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143e4cec80a45049f6a91a7f4914bc5d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e432a87c425517a284b73f8565644594.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b123cff29d619c181e54ac45b999ed04.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bed7015d83931210bf10a4a530368d3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2794594e4546d30cdc3a791be58dbf38.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c09ed06d0603afaebdff7a51e77e41e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83576854cd000a7e50d764128366f52e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02f62fbc480d5be37f7c1a31e894aad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e705bb3107c1565bc450a1a726f6ca2e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd4fd47eb771e52832933f2bd00f99e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba89db4e90d2d5c11914488512310e1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764aec65922ec97bab1efc36aca6bd80.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e63d389e9df2c0bbc9705cf4ba3ae20.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4cdd4bac5b414deb9605462d8b29b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4a62f3a5f135cc1db32b2f4f256590.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cee78bbd2df41262fcd5dac4483904.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4fa0a0fc6da873c88f604621355c56.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f23481370aa7bb609d687a3ef5e88b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81c3459052f75b2b81b6f89575964d1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193b42f8a500bdb7be07b13086f6014f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d0983d096183ab42cfbac963393f01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e67749d89d2be5d21860ad035b441d61.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fba508ef3e9917b28b36baac0c44598.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e554e09de32278e0cdcffc4cd99081e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6c8a4d3f2fda8444df6eef4c82cb0f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169e6c17667e9126a966828d5cae9da8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed9b8d610e014868b4770b8ea6509d6c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602d8a0597b0e453de83ac8838d867c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a40897b31ff5215e1250a74ddde7098.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942180da3625cbd5d9bb41c0f629ac63.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2537bf6bda1c08aadf315f47773aad2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cad860247e60da2b53aa6ddee7484fe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833ed22d852999cd9a0faeb8832cb24a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31abe5e529e41ae3922ebe0fab367acb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e47fb719c52b6cc3e28417c3376379dc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad95f3112e2c434a82201a13c5a07951.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f27a3bfc412ddd2d3969f2416cea91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829ac891b47185c447229f687a7b6c58.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5143d4ba5edf2aace7170ace94ced341.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b17efa2818ed90f3a63812c59a8f85.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>492010</v>
+        <v>479431</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>37.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>491990</v>
+        <v>479387</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>49.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>491983</v>
+        <v>479233</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>29.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>491976</v>
+        <v>479226</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.3</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>491860</v>
+        <v>479202</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>491747</v>
+        <v>479189</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>6.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>491730</v>
+        <v>479172</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>491587</v>
+        <v>479158</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491563</v>
+        <v>479066</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>2.6</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491501</v>
+        <v>479042</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>15.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>491440</v>
+        <v>479004</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>4.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>491426</v>
+        <v>478922</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>491341</v>
+        <v>478861</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>491334</v>
+        <v>478854</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>491327</v>
+        <v>478625</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>491297</v>
+        <v>478328</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>491273</v>
+        <v>478168</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>24.0</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>491242</v>
+        <v>478069</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>491235</v>
+        <v>477611</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>491181</v>
+        <v>477598</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>