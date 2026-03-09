--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,206 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 09:38</t>
-[...14 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 09/03/2026 14:02</t>
+  </si>
+  <si>
+    <t>LIMPA VIDROS GOODYEAR GYVCW500</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>GOODYEAR</t>
+  </si>
+  <si>
+    <t>CAIXA DE DISTRIBUI��O ELEKTRON</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP40 17.0" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>COPO TERMICO STANLEY  473ML ORIGNAL BLANCO</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>STANLEY</t>
+  </si>
+  <si>
+    <t>BEBEDOURO NOBEL HOME QUENTE/NATURAL/PLACA/220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS SMART  EBWF-01 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS PROSPER P-1120     28MM</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP12 15.4"   PRETO</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TMK21 / 2LT / INOX / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CAM HD HIKVISION DS-2CE12DF0T-PF COLORVU 2.8mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>PC TECLADO/MOUSE S/FIO SATE K-726G/ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 3915  06W/ARANDELA</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CORTADOR DE LEGUMES 9 EM 1 GENIUS   S396</t>
-[...14 lines deleted...]
-    <t>MAQUINA DE BARBAR  PHILIPS BT3222 RECARREGAVEL  2V</t>
+    <t>REFLETOR LED ECOPOWER EP-4901  30W/2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.HYUNDAI 400B ISDB (INTERNO)</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4928 50W/2V</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS MEGASTAR GWB006     2V</t>
+  </si>
+  <si>
+    <t>BALAN�A PRA BANHO MEGASTAR CR-3350  180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>LEITOR COD. BARRAS ZKT  ZKB103 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTAR CABELO E BARBA SPARX OFERTA AAX2</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>PHILIPS</t>
-[...92 lines deleted...]
-    <t>KOBA</t>
+    <t>MORE FITNESS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9972a4056bf0ab4fedbdaf182c65fb31.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b05e66adac54d2bee7eaf30f6bc6f29.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac174db1b656a2af2532c9111fbb50f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6053f7a1f0b8c5317834bae7a9d9cfd9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa51f803169ae26dd05faf3cd21d43c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e814c2456262b7c4ef1fce303d99366c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff606e062ebc5b2c2e43fee93c189a8b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc6f0a1088d3b11d8c62518a104b5a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cb3297abd89bfe4ea107c9f4de730a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37c323d38845fcf60427ceb65b2bcc3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3dc644e4b7f5a81a4bbb66a2e0d8f1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d67048da3ef425b02b590b00d35d5d5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173d581213c5702a19706a1b4ab5c9da.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867d0d12a96e5f416213133c219c11df.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada152bb19d68bf4574666081b5be8e7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9324c81e0435f900765a61dbdc42c379.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f1d68164891627141caf266e0f0a6a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380b2e4cd75efbdf5fe78362f34c6a29.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eb980c1b8995209fac7b370c28c8c61.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b2c851f601181676d7cb22fb62f806.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa2a63082caa0d2225ce33e4c152184.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a36879820cff002b19e876d19e2e0a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2544dbbd6e3acbfb6c37d340abbf065.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a01b151dae98f3033f1958f33ceaf4c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638a4406d9d21eb4d5b43078aa299673.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ef643a427c346d6df41247afcc90cc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c0cdd1f9df564c89f701f17d331700.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bb6542ba84532ed274c768001fcf2b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d6f27b5a456db29b8ab6ddae9eea4c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/868b4000eeecbe1cd268cec0d5af90c5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393221d01e6fa196ad6c836d31a76ce1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26781f1261b92c4092e9ecab260c27d3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e853e6b7cda5835367f3d91c76120d2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbbd345bcf37b3ca460e52b34be3f74.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aaf5d7504375726d1814fac4190483a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/072bc5c33df071b20e322defc04c15ee.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd641f44814e8246e82018d615e52bc1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cdd56999bd7a148209078c81035bda6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da78d514809838b1691e368cb4187333.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5430800e53ff18a9395152b0357cc2f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>493437</v>
+        <v>481984</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>31.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>493352</v>
+        <v>481762</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>493284</v>
+        <v>481663</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>493239</v>
+        <v>481540</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>493178</v>
+        <v>481458</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>37.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>493109</v>
+        <v>481120</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>493017</v>
+        <v>480932</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>78.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>492997</v>
+        <v>480642</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>55.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>492744</v>
+        <v>480437</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>31</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>13.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>492737</v>
+        <v>480406</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>492706</v>
+        <v>480352</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0.8</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>492669</v>
+        <v>480161</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>8.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>492607</v>
+        <v>480086</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>492492</v>
+        <v>480079</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>492409</v>
+        <v>480055</v>
       </c>
       <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>492348</v>
+        <v>479912</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>492331</v>
+        <v>479684</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>492324</v>
+        <v>479677</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>492171</v>
+        <v>479585</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>492034</v>
+        <v>479578</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>10.5</v>
+        <v>1.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>