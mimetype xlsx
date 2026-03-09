--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,203 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 09:52</t>
-[...53 lines deleted...]
-    <t>Escovas Alisadoras</t>
+    <t>Lista gerada no: 09/03/2026 12:27</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-093 - 5500W   2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+    <t>RADIO CAR ROADSTAR RS-2950 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR  RS-2900 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR RS-2800  SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO SPLIT MITSUO AS-H30A2 30000BTU 220V - 60HZ Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA       1LGARRAFA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    750ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    350ML</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-36 CHROME PINK  220V/60HZ</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>LANT POLICE ECOPOWER EP-8360 5WATS</t>
-[...65 lines deleted...]
-    <t>MICROFONE PROFESSIONAL PARA CELULAR SATE A-MK11 / TIPO - C</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMITIVO NAKAMICHI SUB 12" AMPL.NBX30A   900W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMOTIVO NAKAMICHI SUB 10" AMPL.NBX25M 1000W</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 12"NSW-X1203S4 SLIM</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 10" NSW-X1002S4 SLIM 1000W</t>
+  </si>
+  <si>
+    <t>DVD CAR NAKAMICHI NA6605 6.8"BLT/AND/USB</t>
+  </si>
+  <si>
+    <t>DVD Automotivo</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NAM1710  7"/BLT/COR</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKT1000.1 1CANAL  6000W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA75.6 6CANAIS  1200W</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6"5  GTO 609C KIT 90WRMS    2VIAS</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6"5 STAGE3 637F 45WRMS    3VIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1912d31aa254e016f9e280fe341110.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56e8396ecb0ff4e2cfa31f5cfe1bac9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc595d33a78afbae3164fafba7de1b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7297a6361175a7de9cbbadc2227e6bd2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee19075afc46c9ba10652f49cea5247.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583b78e33ecece652cd724ff2dc8fd64.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9e56e0428199fdea31625d7508b8be.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eb11f4aba37e98349a7c8128822c7d4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/498dd9b92a06d0a319fc401a55675957.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2afce004353c5207afa7396f169c2dd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5f0d408eda23dfa49d3b7fa958f237.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8bcbd1326483458db8cdd9e51f7fb0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1c2f22c287543a3cbc17b4328e2c69.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945036dfe4a1b5ca17cd1c0a95b0b014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4403533e75c268ea727a1faa06f57d11.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef5a912c9459915a37d6e411cfc669e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ba14801a85324ebcf49e02b8ee03491.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60530fddd5f2610511d6fc885c10c15.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a657415a6f9355b65d80dcf24f3dcc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b169632d85ed3db00e4e8c2bae637340.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb7302d74d40d0e427a2fbc7349db4f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a74afc6d504f63758f4f9971406cc6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421c3a13f761d6adf8dd81bee02bceb6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2c8619ed204ee3af0fc404ee4b3ea1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fde1fa67b9fbfbc24f7563a9f1e1d63.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18ed04a90ae0daa9cf1fd91ec52155f2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5994fa51a3ef6daae3361444df98e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be079a90842cbf29d3af11f925d87285.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5440ebcfc2bad2c73658cc060f7009a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc0fa4b39ddf2f383e876c6a36c1a9d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724b509d30681cdbf43c76a2d36a39fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e35e14b4bfa0379be21bdf1ff21c56.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f00038a491327498d95e32ec361a2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d20320bc1ba88f332a108b61fca2fb4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b62ec86b4e56ab68cf0588a46a4d9d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e82b9cdb406814c873dec74952511c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f8dbf5ce441b0c887895606ee0b2b8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da1115a482c8b7c9b4308da7c89720fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd8885bedc25ae6a04fe8e677315a6c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558cd686170d8e8295e786abb2830be.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>494649</v>
+        <v>484084</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>45.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>494632</v>
+        <v>484008</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>24.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>494625</v>
+        <v>483995</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>52.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>494618</v>
+        <v>483988</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>30.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>494588</v>
+        <v>483971</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>835.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>494571</v>
+        <v>483940</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>494557</v>
+        <v>483933</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>494533</v>
+        <v>483926</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>494526</v>
+        <v>483919</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>494496</v>
+        <v>483384</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>494465</v>
+        <v>483377</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>46.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>494458</v>
+        <v>483360</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>6.3</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>494441</v>
+        <v>483230</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>6.3</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>494144</v>
+        <v>483223</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>494137</v>
+        <v>483209</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>494113</v>
+        <v>483155</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F17" s="3">
-        <v>55.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>494106</v>
+        <v>483124</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F18" s="3">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>494007</v>
+        <v>483100</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>2.7</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>493741</v>
+        <v>483056</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>29.5</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>493734</v>
+        <v>483032</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>28.5</v>
+        <v>49.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>