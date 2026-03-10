--- v0 (2025-12-21)
+++ v1 (2026-03-10)
@@ -14,224 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 11:44</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 10/03/2026 13:28</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2525</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PILHA RECARREGAVEL PHILIPS AA 2500MA / 2 PCS</t>
-[...17 lines deleted...]
-    <t>Kit Xenon LED</t>
+    <t>DVR DAHUA  DH-XVR1B04                4CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC44 USB/T-C  /3.0A/  /30W</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CABO HYE30L  TIPO C - IPHONE  20W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CABO T-C /T-C -  HYE30CC  60W - DADOS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 TOSHIBA CARTELA COM 5 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE DR HOUSE 425-3</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>MULTIPROCESADOR BRITANIA BMP900 (5X1) BLK    220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BRITANIA BLQ1380 1200W /C/F/BLK/220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-093 - 5500W   2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR RS-2950 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR  RS-2900 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR RS-2800  SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO SPLIT MITSUO AS-H30A2 30000BTU 220V - 60HZ Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA       1LGARRAFA</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SECADOR MONDIAL SC-36 CHROME PINK  110V/60HZ</t>
-[...2 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    750ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    350ML</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-36 CHROME PINK  220V/60HZ</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>CARTAO MAGNETICO PARA FECHADURA SMART TAG KEY</t>
-[...80 lines deleted...]
-    <t>CX NAKAMICHI SUB 8"  AMPL.NBF20.0A 650W</t>
+    <t>CAIXA DE SOM AUTOMITIVO NAKAMICHI SUB 12" AMPL.NBX30A   900W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>NAKAMICHI</t>
-  </si>
-[...19 lines deleted...]
-    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273878b28ac49eae7787517de0e52b6d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa25044545a0a9f7d5dd2b76666ef71.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0763ed178f06ea72f6a227653573dd60.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc6c226b2ab0c6d123892599d51cab1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13cb2385cd84c1527646b7cab164903.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cd0739abf1b8aa15d2839a9cca51800.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fd0f78dbd739de50bd1fe8b8ec9515.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cf01ad7864286f54c5dcfd46c5766c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458c2c2a4a6648b5942f66d414217d98.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af78dd647904ecbff44dc4573e6570e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc93981a895ecb04e3be02547ca699d8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06220050794ac43d4faa6223eb07a3ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d7c034823322803d162d9963543ae4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f771ed72dc4608d7cda4896ff99286f1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2096a40981b8ab1820c2ed4019b7be3b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf805b8a183e7f7058df6726bda59096.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfcb595a736034aad9f8c6b37b32b012.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e45684928e5522579e5940f9558af2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fb285a674df89f25cfe82a6835a4fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b73647d2cc0f9d588a952029dc1b8858.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965447de0ef9045176606d3ed2fdca1d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48429388f634426a9fbb9fca15b6a21c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15b8a8af8d9d3fd44faaa708a64ac21b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bada19dfc15c776ca12e4375d66255ab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb889a43a374c13ad15761abde8bad70.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c030ac11d15dd43105d7eb920ab05dd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76aaa12b2a867524273c37d198a6be4b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3413e3be6d381ea6c027cb8122828efb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d4f45c8b4a588577da61b7a0db7d59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9b844f8d6eaa51e7c06dffdf2f6f6e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d4578026cd8d7c7f19b5762a49a6e2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3133a9a2a4e5e4e30c62acbd103ebf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7074e09ec09050d55773ca83b8d15125.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3435f5f37a023d4bd3ef5145b71dd633.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e434c8ff450c7af5d649fcabe16f06a4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995e2ef6ebd1205b932ef2d9e95c55dd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0de50a4ef0bacbdc58867893811020f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b297c3a0cf152cf355d3a08c7d64c6d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83814f5d5d87f742af46e1ce7c8de6ab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a751fe17770e9acf4092ea51c97c5acc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>496100</v>
+        <v>485289</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>496056</v>
+        <v>485180</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.3</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>496032</v>
+        <v>485012</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>53.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>496018</v>
+        <v>485005</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>495769</v>
+        <v>484992</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>495721</v>
+        <v>484657</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>495714</v>
+        <v>484244</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>495684</v>
+        <v>484121</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>32.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>495615</v>
+        <v>484114</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>495561</v>
+        <v>484084</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>495448</v>
+        <v>484008</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>495202</v>
+        <v>483995</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>495165</v>
+        <v>483988</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>11.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>495097</v>
+        <v>483971</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>835.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>494953</v>
+        <v>483940</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>2.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>494939</v>
+        <v>483933</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>1.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>494748</v>
+        <v>483926</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>99.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>494731</v>
+        <v>483919</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>494700</v>
+        <v>483384</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>8.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>494663</v>
+        <v>483377</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>1.5</v>
+        <v>93.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>