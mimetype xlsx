--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 11:46</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 09/03/2026 10:44</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39251 70MM</t>
+  </si>
+  <si>
+    <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MICROFONE SATE YOUTUBER A-MK35 PROFESSIONAL</t>
-[...2 lines deleted...]
-    <t>Fones/Microfones</t>
+    <t>LAMPA LED  TASHIBRA SOBREP/36W/120CM/WH</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>DVR DAHUA  DH-XVR1B08-I  8CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7015 BLUETOOTH / SD/USB/7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-638 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ECOPOWER EP-6100  5"</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>MAQUINA PHILIPS HC3525  CABELO- BARBA/RECAREGAVEL  2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>ALTO FALATE JBL  5"  STAGE2 524  210W/35RM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIG MANGO MG-1080DTV</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>MANGOO</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR031   2.4"/1-CAM</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>ESCUDO DE ISOLAMENTO AC�STICO SATE A-MK30</t>
-[...44 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-016 DIGITAL / FONTE / RECARREGAVEL / 2V</t>
+    <t>BATERIA PRA SCOOTER  SEM GARANTIA / AZUL</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>CARREGADOR XIAOMI 5V/2A (TPA-10M50100VU01)</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-3112 BIN/PRETO/6.0/2V/2FO</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL P-20 GOLDEN ROSE  -  2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CELULAR LG B-220 - 2 SIM (BR) / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F107B RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MOUSEPAD SATE A-PAD031 BLK 30X80CM</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO  PROSPER  P-1906</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>MORE FITNESS</t>
-[...59 lines deleted...]
-    <t>Fontes</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2129</t>
+  </si>
+  <si>
+    <t>BOLA DE FUTEBOL N�5 COLORIDA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3029c3b0bc381d9530b5d8131927bd6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85c63709c5b9bea8f1620c4241c1637.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f562c81773f0ddba731c1133bd8b4a32.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20aecf89bbdec0b10fcca070b802079b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90cbf3c50bbf3499b0cf3982ab83f9f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb29e2fe381b1eb86dd1434a2ec898c0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ac94517e269cd2536575ed75aeb5cd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e532bcc665d9e8327771aac330459573.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7a292fb6ffb25d32b7dad0fe4bee75.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e415efbb0c1e76286858616d6fa57340.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d52ba864d9353208307e736bbf029aa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3988507cabbcd98f2f3b97cf167aef2d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26328cb1f6c6f12187dcdbe51797085e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074967bf7cbf7486586bf8527b07bc78.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a71453e835e0039939adb2d5d64a935.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f5a7efff79f18fa5bfd87d53f75f79d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2adcf5bdbca80ffd2f84146a12e133.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05109606757ef55265cf82ca7693dfd4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09da40eccd3dd241a643a298be745c1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea49f1c7feb257bd456f939897154122.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363d1099040383b4fa59d9bbd84a9490.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040fc16edbcfbbca6f6fdabc60eebb56.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbdc2ba74c94053a80926a9b3ceda0d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4853cfe8aa9904a4bec1b4810026c177.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde2bcbc0728150a1800d889e820a091.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af216fa10fe4bb27dd330e4fea5f82cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3beaa2552c47515de8d4229bd32dc148.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dd619e3a9b487af64c1621aac31c83c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4d9a02d30b40534d1d0a3452b39852.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f626b5d8dc3b524ddd2bf56346314a7c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f00715e0254518b5cbb5f3b1aa3f0c0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d406380cf847ac5b320d841641f26c6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b98de90c6e2bc3d03840eb5faf0640.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c503084d1dca71ad095010ff4a2b87c7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb82c85a9dbf0279132dda0448659f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2f2fcd0d6f59203f48e4f60a995e7d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02deb63199a63674b0d5909ae07ecc6f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a96ff371eb18b3fcf701f1394c79639.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47dbc770779c9141da08f60dd2ac31d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5da8028579fee97f232cf6f429896c7e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>497879</v>
+        <v>489034</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>497381</v>
+        <v>488945</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>46.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>497367</v>
+        <v>488907</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>497350</v>
+        <v>488815</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>497343</v>
+        <v>488792</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>497213</v>
+        <v>488686</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>47.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>497206</v>
+        <v>488594</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>92.0</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>497190</v>
+        <v>488501</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>8.6</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>497152</v>
+        <v>488471</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>497145</v>
+        <v>488020</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>497138</v>
+        <v>487825</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>497114</v>
+        <v>487740</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>99.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>497084</v>
+        <v>487733</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>315.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>497077</v>
+        <v>487399</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>265.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>497060</v>
+        <v>487351</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F16" s="3">
-        <v>115.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>497022</v>
+        <v>487290</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>496551</v>
+        <v>487153</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>42.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>496513</v>
+        <v>487085</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>1.86</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>496360</v>
+        <v>487078</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>496124</v>
+        <v>486897</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>1.8</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>