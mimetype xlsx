--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 13:19</t>
-[...5 lines deleted...]
-    <t>Fogoes</t>
+    <t>Lista gerada no: 09/03/2026 10:41</t>
+  </si>
+  <si>
+    <t>TECLADO + MOUSE SEM FIO SATE 752G / ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  5"  STAGE3 527  200W / 40RMS 2VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6X9 STAGE1 9631 60WRMS  3VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"  STAGE1 621  35W RMS 2 VIAS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  4"  STAGE2 424  150W / 25 RMS  2VIAS</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA PS007  -  110ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TV 50 SAMSUNG 50AU7090 UHD SMART 4K</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPEAKER  ECOPOWER EP-2526</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BRITANIA BCH06P PRETO  220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FONTE NOTEBOOK TUCANO HXL-2022 2V  96W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART TC-H140/WIFI/HD</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>PLACA INDUCAO TUCANO TC-2200 / 2200W / 110V</t>
-[...131 lines deleted...]
-    <t>Umidificadores</t>
+    <t>CAMERA IP TUCANO SMART TC-H135 / WIFI / HD</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A TUCANO T-6</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>CALCULADORA  HP 12C FINANCEIRA  (INGLES) GOLD</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>VENTILADOR MINI REMAX F5 RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE MTX  12" SUBWOOFER RTX128  8OHM SECO</t>
+  </si>
+  <si>
+    <t>MTX</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39250 80MM</t>
+  </si>
+  <si>
+    <t>INICIO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09d1f1414538037d26f3c39f98a16dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e193634bc8617375d2b826ac2d8bfee1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372f2acae894c1e62985df656f9eb56.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd8d7375e2cd3687941e499c05f5fb9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282fb65111be242cccebea65186b6ff2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f980f33867f89aabf0eaecaebaa811.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35d2a140e1c81bac4e4e34ddb1696de.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9ccc051a20bc7f2bc354a6d9308e9a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f64fce238d0c40af5209b8f117c731.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c853953323b1a835e2d58363a2855ce.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a0cb624ff87fa72a793797259962d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68dcde707b57d22602bae740adb13b54.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fedc0d8bf383fd498d25e51d9604e2f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0925f9667799228c0922922406bb222f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77acbaa0428c8e4f903c0710b38a648b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959a0a596da238154ce3eec76f65af3e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127503019fb7c39bc0898a844992520d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8f56bb2faad8b743e0a7fa14e437812.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8d75b0ed4fed2f377ff2a899413865.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bd4516c31ddd2401b818914602ecc3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5dd53a0acfb2fcb50963d491c1e0d7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a2c919259cf1bed0a57f49a65de28d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb7be7daf730f852b783290f2c3d029.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a5bc722d68060db0c4ecb51c59416e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa79e7a25da31f39afb3bece263242e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a91fe31794d83bd47b1eef9a33c1e37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992d8f86abac0debb961f438916b6cfd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a93a9ed6664c3b65a71c5165c0574d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54a331e6901817c14e635a216a41d75.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10bf566ef32e764c202736bcf79f3187.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36243591056e89aa6667bab7c0a31712.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f60536679690843d97ffb56beb6a056.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1dd411e99f67c5d02dee2e829f7f63.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a23a45b687c60f671a2f8be0cfe079.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ff17195a01a0038cfc0206edb3f161.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460113a3c76e888a808f1a036cb57970.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c575e7b6c24d4712ef12a3fc32ae58.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df4cffe2fe76d52b7276c66e73d87df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f70bdcab6b581ded98922ab61fad6a2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf608d2833471f0ee24e0909892c2880.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>498739</v>
+        <v>490931</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>498722</v>
+        <v>490795</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>498715</v>
+        <v>490788</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>16.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>498708</v>
+        <v>490771</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>23.9</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>498692</v>
+        <v>490733</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>11.75</v>
+        <v>23.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>498685</v>
+        <v>490634</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>18.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>498678</v>
+        <v>490566</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>18.75</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>498265</v>
+        <v>490399</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>1.8</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>498180</v>
+        <v>490290</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>13.8</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>498173</v>
+        <v>490191</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>13.8</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>498159</v>
+        <v>490184</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>498142</v>
+        <v>490054</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>498081</v>
+        <v>490047</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>498043</v>
+        <v>490023</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>498036</v>
+        <v>489966</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>498005</v>
+        <v>489638</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>97.6</v>
+        <v>26.45</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>497961</v>
+        <v>489454</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>497954</v>
+        <v>489430</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>25.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>497930</v>
+        <v>489140</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>94.0</v>
+        <v>28.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>497916</v>
+        <v>489041</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>