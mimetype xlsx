--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 13:40</t>
-[...11 lines deleted...]
-    <t>PILHA RECARREGAVEL PHILIPS AAA 1000MA / 4 PCS</t>
+    <t>Lista gerada no: 09/03/2026 09:03</t>
+  </si>
+  <si>
+    <t>ESCOVA ALIS LADYLISS    2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ALISADOR BABYLISS ORIGINAL 4091TUZ     2V</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7050 TYPE-C /3.0A/20W</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
-    <t>PHILIPS</t>
-[...2 lines deleted...]
-    <t>FOGAO ITATIAIA ESSENCIAL COOKTOP (5 BOCAS)</t>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1031/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER 1032/BLT/LED NATAL</t>
+  </si>
+  <si>
+    <t>PROJETOR  -LED NATAL ECOPOWER EP-1034</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA BMX355P 350W INOX 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>ITATIAIA</t>
-[...14 lines deleted...]
-    <t>ARMARIO DE TECIDO TNT 165CM / 105 / 45 / AZUL</t>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CREME CANNA DE CANNABIS CBD 75G</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR053  4.0"(3-CAMERAS)</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT COZINHA KITCHEN WARE  S-262 / 03 PCS</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>DECOTEAM</t>
-[...44 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV LUO    26"/ 65"  LU-504 / FIXO</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV LUO  10"/55"  LU-502  GIRATORIO</t>
+  </si>
+  <si>
+    <t>PC HUB ECOPOWER EP-R012 USB  / 7-USB</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>WAFFLERA ALLWIN AL-SW288W           110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - HC   37"/70" HC-546T  FIXO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>HC PREMIUM</t>
+  </si>
+  <si>
+    <t>SECADOR  TAIFF EASY  1700W 220V /PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>TAIFF</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ECOPOWER EP-H158 BLUETOOTH / DIGITAL</t>
-[...38 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>RADIO RELOJ  CONTINENTAL 7909 / AM / FM / 50/60HZ  2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>RADRIO RELOGIO CONTINENTAL 7915 /AM/FM/  50/60HZ 2V</t>
+  </si>
+  <si>
+    <t>TWEETER SHAMSONIC SH-T2000   2000W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>SHAMSONIC</t>
+  </si>
+  <si>
+    <t>ABAJUR REMAX BLUETOOTH SPEAKER RBL-L3</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>REMAX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82b9f6bf26838ad0ae4ad20fab752b4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc13869871986af72d5a3ec147060322.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad89b2bbd97e10978cecdc6ddf9df7f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be67a345fd7b4cf88cf79bc6a051366b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19a6cd1aa89493454c68ea751a673707.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe2ac5d3828a2f0109d48d9d9bbbe5e5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7cf43ad1ef528a03410ca3e5e69de3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ec0f98a0ef4046838f35d28733fbd4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e04a5775354b409ab0da1f5abb79010.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79441f45c96140027f05b6cfbe466692.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f574b6efca16ffacff665fcbee653d1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001e80a2b8a584c1a6f98a4721329c2e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d5a1d7f7c75699784fd05e20a0e9eb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ebe10fe3a3b7473583b61996d4f0940.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c090424d1641e85d27ff48c1a8e610f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c3f990c449df39a153abb6c87ef0992.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9983d128fd140c724c3bb823f5ce9933.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7550d6c1c13be70c558bb087537337c1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1dee61065497128e913e115a082710.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fbefbccf066b1ac1cdf8e882f73938.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a8a6be059c5d45ff0bd57fd062d3f2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd4a135a14e5c2bd35c8693aa98b9ed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2024d61286d557f65b4655ea1f46dfd9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862c55c78a0424b7435ffb3edbd3691a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6716568a6565629d3f734cb5255ef21a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bb4dbe3858560ab0d76661f5f719fa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4debb80f4a77af1cc4c21921ef43db5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc165172a3cbfef2ff740154803542ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94e10438ad3bfac2b6a2decdd1994ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d3a29543bd837df10af0e87d7ed0adb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3fbc20477ff3742f61d69834d7b33fb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a62298262fe07d244c11048dfdde750.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d26b965140b92cab51202b1114a59af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce73dad008383be3439670f529923fa3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb9292acc1262d66efed7c68661326b7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eb6ea1246cc3e09ba96c2df0d89c126.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b43dc48d48b70fb8aff7c6d1c67e3c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc404dd5ca67dd8d03a5b1e7b5c5f99f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b948818d3c227aeed1beae32a7c2f14.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c09f02a9f72081f1d269097a6b4855.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>500098</v>
+        <v>492492</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>500050</v>
+        <v>492485</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3">
-        <v>3.1</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>499958</v>
+        <v>492409</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>89.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>499941</v>
+        <v>492348</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>69.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>499897</v>
+        <v>492331</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>9.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>499804</v>
+        <v>492324</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>25.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>499736</v>
+        <v>492171</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>82.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>499590</v>
+        <v>492034</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>41.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>499255</v>
+        <v>491983</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>10.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>499156</v>
+        <v>491860</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>3.3</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>499132</v>
+        <v>491747</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>68.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>499125</v>
+        <v>491730</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>39.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>499101</v>
+        <v>491587</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>499019</v>
+        <v>491501</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>498845</v>
+        <v>491426</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>13.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>498814</v>
+        <v>491358</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>25.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>498784</v>
+        <v>491334</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>17.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>498777</v>
+        <v>491327</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>11.3</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>498760</v>
+        <v>491310</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>498746</v>
+        <v>491297</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>13.3</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>