--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,224 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 15:12</t>
-[...14 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 09/03/2026 09:12</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   150KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE A-VR42 1500W</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATELLITE A-DB03 BRANCO 2V</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATE A-DB01 PRETO  2V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2529  USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA CR2025 TOSHIBA CART   CARTELA COM 05 UNIDADES  CR 2025</t>
-[...41 lines deleted...]
-    <t>PILHA RECARREGAVEL PHILIPS AAA 1000MA / 4 PCS</t>
+    <t>RADIO PX VOYAGER VR-CB8880</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB7770</t>
+  </si>
+  <si>
+    <t>CARREGADOR  ONLY TURBO - 2 USB - TIPO C -  4.4A -  BRANCO</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFESSIONAL PARA CELULAR SATE A-MK141 / TIPO-C</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 12000BTU / 50HZ / C/KIT / Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CORTADOR DE LEGUMES 9 EM 1 GENIUS   S396</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESS�O DE PULSOECOPOWER EP-2731</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBAR  PHILIPS BT3222 RECARREGAVEL  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA750.5 5 CANAIS 3600W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV -UNITV S1 1G RAM / 8G /WIFI / ANDROID</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>UNITV</t>
+  </si>
+  <si>
+    <t>LED 20M COLOR MANGUERA S9160 / 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LED 10M COLOR MANGUERA S9150 /220V</t>
+  </si>
+  <si>
+    <t>CABO HDMI  1.00M</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL PHILIPS  AA 2500MAH 4 P�S</t>
   </si>
   <si>
     <t>Pilhas Recarreg�veis</t>
-  </si>
-[...85 lines deleted...]
-    <t>NAKAMICHI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fa77ec067c2d568dc1a897868c0934.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67616b3daaf2bf1d4d1a07c5a76148bf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d39b147ecef6d6c347caac03ccf3dfa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9205305eb2de0cae91e0206519c4e63.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adac7d6e7eb76a9a9e64b9ff97452c33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a932e05765eb647d859b43a743d5811b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b31eb53d3530daef5023d6ff5c24ea.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6117719f982a6793093ad33bb864ba4c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df7550986c95a548b9f544b31617dfa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bb78938ec2c5b368b1c3977f64f57d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d130f6815ed79d696ffb12bd73c9ab5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf72155d04e04d21bf05b3e79f9234e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/342fcc0d6216705473176eb388305395.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e3bc58c6147663194e13aa04decfed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db116d8022f40974580f989d70b2e582.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2424a54a843e7448eabdcea19943ce2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd8c4b7633e7efb9be7806e405a622c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f393981cd833f7d072b427154fa1509.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d014f099c80a0043a7f3cb4b66bb65.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257ad0c257abe472daa531ce99069e59.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e56722098e544831d3ba10ba6f97d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc02698ebb7bd2cf8634fc918578053a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429e25b9d32e5589b2f29dad1d4ccd85.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec9e7fe1bc58d23ca62aab3c00893a9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3965c79e53417eb5cb3b575d79bdef7d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c542c5cf217ca3a2c54b878935d513f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b92f2acd03620148b31603721f73212.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1411d416ec3025080399968e5ac8b63.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb012525515ec5d67fc3ed22b68e0ef9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546c50dfe9f69ebf37565f871fe0b909.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6230fed82b131b033b8546f65b2bfe0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a805812c043569ae18d9b45b600ee3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca3ba730ba1ad5b9b7af7a4c4226b66.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71dc382dcc95e9b796644e5c72a14b0c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40114351685d112234a0a72ed18ef331.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5e073138bebd2a071514890212966b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82cc1533176fccda4c07ef3c08bf632.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956ec6afd75568c7eeb8a357ad3716e4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b345d926e304b856cb77493e8912ff4a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e8d1561d12f7dcb6e87254fbfe9f26.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>502474</v>
+        <v>494618</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>185.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>502184</v>
+        <v>494526</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>102.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>502122</v>
+        <v>494465</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.06</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>502047</v>
+        <v>494458</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>501866</v>
+        <v>494441</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>18.75</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>501620</v>
+        <v>494144</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>501590</v>
+        <v>494113</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>160.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>501491</v>
+        <v>494106</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>5.9</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>501408</v>
+        <v>494007</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>25.5</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>501309</v>
+        <v>493741</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>1.1</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>501279</v>
+        <v>493635</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>111.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>501217</v>
+        <v>493284</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>160.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>500654</v>
+        <v>493239</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>500609</v>
+        <v>493178</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>500548</v>
+        <v>493017</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>500418</v>
+        <v>492997</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>500388</v>
+        <v>492744</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>500371</v>
+        <v>492737</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>500364</v>
+        <v>492706</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>500302</v>
+        <v>492669</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>140.0</v>
+        <v>8.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>