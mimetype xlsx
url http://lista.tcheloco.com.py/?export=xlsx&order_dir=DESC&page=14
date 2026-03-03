--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -14,218 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 09/12/2025 06:37</t>
-[...11 lines deleted...]
-    <t>VENTILADOR MEGA STAR FAN2620 - PISO/INDUSTRIAL - 220V</t>
+    <t>Lista gerada no: 03/03/2026 08:16</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
-[...68 lines deleted...]
-    <t>CABO USB XO-NB-Q228A - 27W - TIPO-C/IPHONE - 1M</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR PORTATIL YM88209A</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ECOPOWER 24000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2501 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / LARANJA</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI 27.0" G27I - FHD/VGA/HDMI</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K36350 - T-C/T-C - 2M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
-    <t>CANIVETE 24CM OM 16642 - MULTI USO COM CAPA</t>
-[...53 lines deleted...]
-    <t>LUO</t>
+    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K43220 - USB/T-C - 1M</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74001 - 25CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74000 - 32CM - 220V</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO MOX MO-V560 - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-55 - 5.5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA 3 EM 1 BRITANIA BES26SR - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d75f9bf62080c781b173d859f2e0ab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5471e999c7d1be029af620d45edf91fb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a6c10b730523b65d42aaa99d1a178ec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa4b23933d5f2cfc165dbfa830d4f3d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3a733a6e5f2416deba3b16666f4655.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9268330ab2cc8506b1af11b952ae360.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2239727deb2d50e1de8fe6da66386adf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a2647e569bd2c89a22be47cad944b2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c32c8bfc8cf56ea23747497cb5d57bf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1375df69ff4ee3611746b9f813e011.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75982d0db97872968fb16a1b507f47b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d197f63db98906fb8a7338e7e2957430.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efff5dfa0de30925ff4c8583137812b6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9cce7e6328fce59367d40cb0d04ce3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb63e09516c589e06391a7a01597c40.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3e41f7578d5ed787f484156c98c8a8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1852e6e1ad5a01aeabd2099ce5cdf043.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2b95f01b7544170f209724557ea524.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35eac347074ddfb2ab11626f8d37645d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e571476c82b55ecf2da44b4746f925.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c7cfc6cad9fb947f2a463f27639e1b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884c703586454f1c2b9f84fa57890c0c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e73a57ad56559d0e7dbb363185cfb91.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a3501c42be3915e1250fdaefe936c7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7e8cf5ca78da6f0f7e6b78b9d522e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c50ab3ade5154fd3161858374c81f1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0419355ef84e502d40984d1cd61a1804.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360f2a44753f3d420685c13955dd90c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9feef10e63f89b6b2aa54aae13350d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c081854325bec64ede1ae98b7604e2cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ba8879c5f7be90015655a723612376.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cabdfa72599b14e0884b55484fff7ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c73f7babe6da0316620303449fca6f0f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f455803412b5365516e0c59a1b4a0dd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1a9b69aa214e5b1d35d01cd76c04fd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a30f1544d02782091b119dd5b0fd51.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9f7ece3735f373b21d968d2fb57a5d8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d232aef023567889d4ff8b998af2e61a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94f67e1873d75afe80fced3d05f8bd78.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a99a18e94248052027a6f1d808f1443.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577601</v>
+        <v>583527</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>80.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577595</v>
+        <v>583497</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>155.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577571</v>
+        <v>583480</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>52.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577564</v>
+        <v>583459</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>65.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577557</v>
+        <v>583428</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577540</v>
+        <v>583411</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>27.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577502</v>
+        <v>583398</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>32.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577496</v>
+        <v>583381</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>40.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577489</v>
+        <v>583374</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>48.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577472</v>
+        <v>583343</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577465</v>
+        <v>583251</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577458</v>
+        <v>583237</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>3.25</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577441</v>
+        <v>583220</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577403</v>
+        <v>583213</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>131.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577397</v>
+        <v>583206</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>117.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577380</v>
+        <v>583190</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577373</v>
+        <v>583183</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577366</v>
+        <v>583169</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577359</v>
+        <v>583145</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>7.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577335</v>
+        <v>583121</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>