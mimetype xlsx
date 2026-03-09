--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 16:49</t>
-[...2 lines deleted...]
-    <t>MAQUINA  WAER WA-2011 RECARREGAVEL GOLD  2V /  3 EM 1</t>
+    <t>Lista gerada no: 09/03/2026 07:30</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO VGR V-228 LCD BARBA / CABELO DOURADO</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>WAER</t>
-[...5 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MIXER MEGASTAR GE-802  KIT 3 EM 1     220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FOGAO ECOPOWER EP-3070 COOKTOP 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR ECOPOWER EP-3066 2.5L /220V</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>MALETA PARA  NOTEBOOK COMPACTO 14.1"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO DOT 5TH / BLUETOOTH / WIFI  / BRANCO</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>MICROFONE SATE YOUTUBER A-MK35 PROFESSIONAL</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESCUDO DE ISOLAMENTO AC�STICO SATE A-MK30</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>TCHELOCO</t>
+  </si>
+  <si>
+    <t>Variados</t>
+  </si>
+  <si>
+    <t>PROJETOR TUCANO TC-Y40  MINI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MULTIMETRO DIGITAL DT-33B</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-016 DIGITAL / FONTE / RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-026 RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO  MORE FITNESS MF-07 / RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-017 DIGITAL / FONTE / RECARREGABEL / 2V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AFN-80  8L  220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>FACA ELETRICA MONDIAL FA-01  - 110V</t>
-[...116 lines deleted...]
-    <t>OKAMI</t>
+    <t>TV 50" SMART LED  MTEK LED MK50FSAU 4K ANDROID</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED  MTEK  MK32FSAH ANDROID HD</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-30I 3.5L  110V</t>
+  </si>
+  <si>
+    <t>BATERIA +10  POWER ONE P10 C/06P (AP SURDEZ)</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48709497bbdffd72700f6dce7c282dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0260d20195f989981723bfc74a1b12f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b66dc70adbba28ece3fe22a63f9a7a18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac76c6d19305287194ffa62ebccaabd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1867df91228a7ab45c1b31392ab736c1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1cd65573b74a821ee94f8881f06baa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b10c4ee902e828d2c95f42d0454e219.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27792caa11ec33a199b0babc336d487e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264ed23f1c6d25e1c711f9665d542245.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4c8396b144530bd398d1877b41f63b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7add5254c2ca05866b7f38e5113f7b4e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485d9719f83eadfc24a38824e190467b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d75316c8fa633c3daac93d2c3b2f9a2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb24d54e943bba828694026d72170ae.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741b2dd082644fe4b72dd14155906ed5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516f2b29d6a92252c33144700abd6a37.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab62153c9886154fb58455f0463fd36.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2302cfca5174075da47e559f1ddec2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04484e9d314d206b555016a3a70d6453.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211e9e8f4d97a0712033cf68cb50f0ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345eb6d061ed06bd9564663ca144b8f9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695ffe1a5dbb4116391f10eb70630356.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76fa8515378b2367778ba05e7d3ea8e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e678edf39133cd32b036819b7b166b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d4b63e3d49c0d9e2a78577ada48538.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb183b99603180d4b6f4f537fcd635b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe03d0d11cda5184a91f96d000280eae.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b71bb28121fb70da6788239475d6256.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2269618f80dcdb834ca9eb3debcc079a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f399a4069fc6314a080aac2f8a87a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e699ac34582b2c227ffc7ef9d0350f8a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4976cdf52685cdf625b5a1dda152f48e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b025398245bf301e12e162c36a3acf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1f3ad10c38031914cb8ff787aa0283.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e3a26dadc69c5c13bfa8305962344e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb46fbb2d45ae423c117887050f8202.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d095064370fd405b30bbde1327337e6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66b18b599e860ab90fff8886192de10.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640ea988e4a6403a13423c405238da0d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474efed40bdc75c8ea14c97ef54e46b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>504867</v>
+        <v>497961</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>504768</v>
+        <v>497954</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>20.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>504751</v>
+        <v>497930</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>21.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>504676</v>
+        <v>497916</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>5.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>504638</v>
+        <v>497879</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>33.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>504621</v>
+        <v>497442</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>504454</v>
+        <v>497381</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>17.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>504416</v>
+        <v>497367</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>504355</v>
+        <v>497343</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>504317</v>
+        <v>497213</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>504157</v>
+        <v>497190</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>504065</v>
+        <v>497152</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>504041</v>
+        <v>497145</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>504034</v>
+        <v>497138</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>504027</v>
+        <v>497121</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>3.3</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>503976</v>
+        <v>497114</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>503969</v>
+        <v>497077</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>503952</v>
+        <v>497060</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>7.5</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>503822</v>
+        <v>497022</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>36.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>503679</v>
+        <v>496513</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>1.86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>