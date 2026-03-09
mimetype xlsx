--- v0 (2025-12-21)
+++ v1 (2026-03-09)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 17:34</t>
-[...11 lines deleted...]
-    <t>CAMERA IP SMART  HYE-B609T FHD / WIFI</t>
+    <t>Lista gerada no: 09/03/2026 05:45</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H158 BLUETOOTH / DIGITAL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MOEDOR DE SAL E PIMENTA ECOPOWER EP-2998</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV KOLKE  23" / 43"  KVS-588 GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO 8821   PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>APARADOR DE PELO TUCANO TC-51 - PARA CACHORRO - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA - CABELO / 8IN1 2V  TUCANO TC-8180</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MAQUINA TUCANO TC-88 BARBA / RECARREGAVEL / DIGITAL / GOLD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO TUCANO TC-2200 2200W / 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO TUCANO TC-2200 / 2200W / 110V</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART BOCAL TC-E27 / WIFI / TF</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
-    <t>HYE</t>
-[...23 lines deleted...]
-    <t>Automotivo</t>
+    <t>FONTE PARA NOTEBOOK TUCANO 12V-24V/2V    120W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600A QUENTE / FRIO    220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600A QUENTE / FRIO  - 110V</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7029 TYPE - C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S115 - 4'' - BLT/FM/TF/AUX</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO PROSPER P-4508</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO PROSPER 5D / BLUETOOTH / BRANCO</t>
-[...8 lines deleted...]
-    <t>Pilhas Alcalinas</t>
+    <t>PULA-PULA BRINQUEDO JUMP-JUMP PRA CRIANCA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>AQUECEDOR ECOPOWER EP-218 / 1200W / MULTI FUN��ES / 220V</t>
-[...77 lines deleted...]
-    <t>PILHA ALKALINA PROPACK  AA / 4 PCS</t>
+    <t>HD EXTERNO  TOSHIBA  004TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  002TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO VGR V-228 LCD BARBA / CABELO DOURADO</t>
+  </si>
+  <si>
+    <t>VGR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0acd204cf3a4ba7ea9fd3d9d9f24d7dd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c5c95d406fdd9cedda4ca4afefaee5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1336eb66761b24d15a275bfedbd5fc5d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb7ec62d13ff2e2b8ce863ad07a0115.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bffdb327019433fb6a2d74800edef80.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744afeffad90812b820585d8fc3a762e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f7f633e0689fa48ce4abdff41cb5fb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213a8607ccbe327c49af8753eba21a89.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b0fb8d9867891b7c51795376d473a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd04df44e53fce27ffd5a7ed400c9c0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/200109a4b37402dd96db12286b0217e2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1155a60718844f4e327b43aa6f254ab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dac368e4e518bbe4fd9c635ffa47d82.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/156bd107420dc5f1eedd180d9fea921e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9afe42e7948c0f04719b9cd66d4525a5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867e53f504d1086f6a63f1260ee3234c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b0ffb620d37f7daa9dcd6f88548f1d7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb00d30a161dc8ee5835cf438123bfde.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae406fee47b0765e3af5e95674d6d3fa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52d1fe89ba9d69d020055edcf24725b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4891671154d96efe451d40a4846ceb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12274de13d109e0f50d211c3e7bf0d6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5506ea824599fe545a6d5949ed644e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1548d2aa82a07c3cbcab67b6baa1e68f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02ed6ff5483914e2617eb5ec779d9eb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cce373b8b8bc68f5a6898a8a108beeb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51beed410d9cf2bb387f7fac5f1590d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d145a9136ec942607eaac7296764f1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e90fa14fc8ead387ce5393d43c1681.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67931488a0feb249c5733866aa6dae8b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1686060766f77618d98d08eae087066e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a5e087365be0e672cf2bb9e6142e8b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd17983cc2ff7cf375f3dc3faf82ca9a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3124909444bb6267d1dc851b5dfd7851.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89f40564b3a70615801ebfdfae31cad2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43e431aa34239e116ac372a68fc799a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3434dd21cc6926dde1a7644c932685.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18b4ddf1e0a4f1b6657a9f36565e239.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f733b0c78d8a6f5587e7e7f6d77e52.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592ef9c52f2e6b425d997f62aa6843ef.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>505871</v>
+        <v>499101</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>505796</v>
+        <v>499019</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>37.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>505765</v>
+        <v>498845</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>505710</v>
+        <v>498784</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>505642</v>
+        <v>498777</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>34.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>505628</v>
+        <v>498760</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>5.75</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>505420</v>
+        <v>498746</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>0.65</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>505369</v>
+        <v>498739</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>22.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>505321</v>
+        <v>498722</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>505284</v>
+        <v>498715</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>505277</v>
+        <v>498692</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>505239</v>
+        <v>498685</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>505178</v>
+        <v>498678</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>505161</v>
+        <v>498265</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>10.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>505154</v>
+        <v>498258</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>505130</v>
+        <v>498180</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>505116</v>
+        <v>498142</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>42.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>505017</v>
+        <v>498005</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>2.65</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>504997</v>
+        <v>497992</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>504898</v>
+        <v>497961</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>0.8</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>