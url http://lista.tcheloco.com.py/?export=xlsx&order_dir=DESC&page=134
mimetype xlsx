--- v0 (2025-12-22)
+++ v1 (2026-03-09)
@@ -14,197 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 21:16</t>
-[...23 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>Lista gerada no: 09/03/2026 15:12</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  BRITANIA BFR25P  4.0L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI CMSXJ55A EC5 2K 360�</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>ALTO FALANTE JBL 6.5" SHOCKWAVE 100W65 100WRMS CONE SECO</t>
-[...17 lines deleted...]
-    <t>RADIO CAR NAKAMICHI NAM5210 7"/BLUETOOTH/ANDROID/IPHONE</t>
+    <t>COPO  MATERO RODAX AR615 INOX P/MATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>KIT TAPER DE PLASTICO STORAGE BOX 03-PECAS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8106 20 WATS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8103  8 WATS</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8107 15 WATS</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-8100 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8102</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2231  USB / SD / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>GUARDA CHUVA SUNLIGHT S2615</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BALANCA PISO ELETRICO DIGITAL SONAKI 500KG   2V</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>SONAKI</t>
+  </si>
+  <si>
+    <t>MICROONDAS ELECTROBRAS 21  -  21L 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RADIO PARA CARRO  ECOPOWER EP-653 BLUETOOTH /USB/SD/FM</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>NAKAMICHI</t>
-[...71 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
+    <t>MINIPROCESSADOR KB-010  USB RECARREGAVEL  (3 LAMINAS)</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MAGEFESA MGF1649 1200W GIRATORIO 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MAGEFESA</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL M-15 PRATIC PRETO  110V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETERA MEGASTAR CAF02 DOLCE G / 3 EM 1 / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA / CABELO MEGASTAR GWE040  RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV L2121 2X12" RECARREGAVEL / USB / MICROFONE / BLUETOOHT</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/035dd135c39ac2f87fa9dbb76bc4f258.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1b88c7bef4e6c5af898f8ce240c02c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8c21498f1675eef3ef646995d940b2d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a43a225c1e54e71cfa7180c979f6ffd5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489384067a6723882935e077f5e69bee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a746456262267598eb30e115a5cf6262.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a9e0ca7a477e8d843bbc51f11c681f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea4fec5298d355e0cc233b3b6592962.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ac37b079461e363be5183b5579cac1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce6466c442b46bc192a7fd6bf83bf07.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff515fecfdbea1f213c08f00d5beca4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f318edd02d84b752558cab1a721642d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b6dc970387442a51e650b8a9e0f482.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58cd753bb1e457194e7832830561d89.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd40bad8db53702128336a349a69c7b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec1cac0054060794e5693ae55239242b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5fc7a6c66003d1a79837ecdf1e705c6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c886f20957e50b1bb474e5a425aec44.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c958bdba774aba255ca01ead85d4b02.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd4f291e0ce09254518f4a5af4e4e2b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd15e3709c9156e9f281c55b26c1dd3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f597c40a2011a342d9d4711737200f1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d1dade92835809a7742f80624b4a050.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0705ed2523dc903917b283c4fe6eb786.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a1cc8ae914ef1473fb8bc992278a16.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0003c69bb5e84a073928482832a0c01.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c44a6ebf85de871c722dff85d0a3ace.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c16f301218cf1480a6b9eca2859f7ff7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2b5566ff425450f2b72db5ac8b47d0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9bcccec67ba8dce229552ae9082bb2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98308b17467387879c6887584066e9d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9bd6481236adbda8d31f56f6d7729.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05f4c5537dddfd28303e284c116994e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/504ac65a59101ee537f0b822e25b5550.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfac671d3c8345d149d760ed7e028d10.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f574f43fdcf2971152c8bb0ebde763a7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea9c15325f0cc2b0bfb398a516269c4d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5691aa9d85f3580c5c94d3ef33854451.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d76f9924c7631e4b467ede0cd971b25.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de4fe96859cdb9c28150f857bdc8b8d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>510097</v>
+        <v>503518</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.67</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>510080</v>
+        <v>503426</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>510042</v>
+        <v>503402</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>38.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>509978</v>
+        <v>503303</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>53.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>509961</v>
+        <v>503266</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>50.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>509954</v>
+        <v>503242</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>509930</v>
+        <v>503235</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>74.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>509879</v>
+        <v>503198</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>52.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>509862</v>
+        <v>503181</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>94.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>509824</v>
+        <v>503167</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>509794</v>
+        <v>503112</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>509749</v>
+        <v>503044</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>72.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>509732</v>
+        <v>503020</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>66.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>509725</v>
+        <v>502818</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>509718</v>
+        <v>502740</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>21.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>509695</v>
+        <v>502658</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>7.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>509541</v>
+        <v>502634</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>20.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>509176</v>
+        <v>502535</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>509138</v>
+        <v>502528</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>509114</v>
+        <v>502474</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>185.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>