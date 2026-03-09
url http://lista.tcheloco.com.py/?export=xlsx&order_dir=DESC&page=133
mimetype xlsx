--- v0 (2025-12-22)
+++ v1 (2026-03-09)
@@ -14,191 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 22:44</t>
-[...5 lines deleted...]
-    <t>Kit Xenon LED</t>
+    <t>Lista gerada no: 09/03/2026 02:39</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO WADFOW WEB1518 07L 18X28X18</t>
+  </si>
+  <si>
+    <t>Cofre</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>BATERIA  1616 PANASONIC CARTELA  COM 05 UNIDADES  (CR1616)</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>MINIPROCESSADOR ECOPOWER EP-2996   (3 LAMINAS)</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO BLUETOOTH  / HYE AIR C / AIRDOTS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE AIR 3 / BLUETOOTH / AIRDOTS</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENTIFICA CASIO FX85ES PLUS PRETO</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>PATINETE  FOSTON FS-S09  -  7.800A</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CELULAR LG B-220 3G / 2 SIM (BR)  / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 2720 FLIP  2 CHIP -  4G PRETO</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CELULAR  NOKIA 2660 FLIP /2 - CHIP / PRETO</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA BRITANIA BGR01P / GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART  HYE-B609T FHD / WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART BLULORY GLIFO 8 ULTRA  - PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>BLULORY</t>
+  </si>
+  <si>
+    <t>INVERSOR PROSPER P0220 12 V / 24V / 220V / 200W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PROPACK AAA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LAMPADA XENON H1 12V  55W</t>
-[...83 lines deleted...]
-    <t>Aspiradores</t>
+    <t>AQUECEDOR ECOPOWER EP-218 / 1200W / MULTI FUN��ES / 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>CONTROLE  DE RECPTOR BTV B13 ORIGINAL</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
+  </si>
+  <si>
+    <t>BTV</t>
+  </si>
+  <si>
+    <t>MOUSE SATE A-45G SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>RADIO CAR SATELLITE AU340B USB/SD/BLUETOOTH</t>
-[...17 lines deleted...]
-    <t>Infantil</t>
+    <t>SPEAKER PAR PC SATELLIT AS-2301 USB</t>
+  </si>
+  <si>
+    <t>INATIVO Celulares SKY</t>
+  </si>
+  <si>
+    <t>CALCULADORA   CIENTIFICA  CASIO FX82ES PLUS AZUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479c257b629d31a429f4085b13d98f24.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f0344b6c3ac0b629bbc2bbaaec8dca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d582884885b6c16377f4bc8de0cdbb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba5e7808020dbbcd7406a6a3492fa15.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e285c0a25f5640adc32ec3508b34c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa685ea1017378cb712f66a2f844a29.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6037f81aa20f39c57f02839c89d43c8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a63cc33b8b277bd67b36aff862a98b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d76512e2c325b0abf3fad86571c91b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d217ce62fc2c0dd594e12a9840a24e5d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc43029a6afb3dcb1e1afe85578603dd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64f7e7f669783227ea281c92df6da84.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3925ced9829d4755f86560eb35b9e535.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce81c3273badffa7947aa2f3e670b53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ea06346a1afe9bb811ca1d1ef91160.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a679b043801947f06259e87b5c1c77b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62856f4d537d5f9594bb602f63615d31.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff57e83db5e5bb6500ad6a91d97eb4d1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c0e18a00ddebf9c1688619d7f2cb6f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971b8517fecc44ebcd9e4fa0671cfc41.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39266733a813da1c66cc194c7bb69029.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b14a29a7bb55d822a0803309807246d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b5d7c92946df468baf7550f3d8c063.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b74a5cf72b2abdfd6b09cb5abada7ca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aade125149320b36ad5468685fdd6f3f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944d86343306d2022a06c93efebb5ede.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de1ce63f099e9893cae7869d3302e414.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77a99cc7a7a0d2b7ec959b82002b2e46.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e264d435f9dce10019e8f1673711b2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499fe08f7e3b825746eedcb233b37b2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3307c58156b33f6e1e53058c67a83f5e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01238a67222cc1a7e12e5951375d8461.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a15f1443d06ab9fa8692e5560b7c7d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49eb4736d2e013f6919bce65aee86e5a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70e8143775125cde91e25edb384d26b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e555134e940c703be3674f777116fdef.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17aa2c5b7b1032780e542092ab6930de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2ceedf20c2b3dc2d931d8387c8fdb8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2390749062b2ee2e4059ad10d09dda1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d87998f459c042b6b4579ee6d4d1fc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>511216</v>
+        <v>506281</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>511209</v>
+        <v>506212</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>511193</v>
+        <v>506144</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.76</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>511162</v>
+        <v>506090</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>0.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>511131</v>
+        <v>506083</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>511124</v>
+        <v>506052</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>511117</v>
+        <v>506045</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>510912</v>
+        <v>506007</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>47.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>510905</v>
+        <v>505970</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>510844</v>
+        <v>505949</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>510608</v>
+        <v>505871</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>5.94</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>510592</v>
+        <v>505796</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>5.28</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>510585</v>
+        <v>505765</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>9.29</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>510561</v>
+        <v>505642</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>510509</v>
+        <v>505420</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>1.2</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>510486</v>
+        <v>505369</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
         <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>510318</v>
+        <v>505321</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>6.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>510301</v>
+        <v>505284</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>510172</v>
+        <v>505239</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>510103</v>
+        <v>505161</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>