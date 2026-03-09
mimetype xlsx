--- v0 (2025-12-22)
+++ v1 (2026-03-09)
@@ -14,209 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 23:19</t>
-[...14 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 09/03/2026 00:32</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-985 PANDA     BLT/LED/BLACK</t>
+  </si>
+  <si>
+    <t>Headphone</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-985 PANDA BLUETOOTH/LED/PINK</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>PC HUB SATE A-HUB41 3 USB/RJ45 (3.0)</t>
+  </si>
+  <si>
+    <t>Hub</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>VENTILADOR DE TETO SATE A-FAN803 C/LUMINARIA 2V</t>
-[...47 lines deleted...]
-    <t>Fontes</t>
+    <t>CALCULADORA CITIZEN SLD-7055 10-DIG</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CITIZEN</t>
+  </si>
+  <si>
+    <t>CALCULADORA CITIZEN LC-503NG 8-DIG</t>
+  </si>
+  <si>
+    <t>CALCULADORA CITIZEN LC-310N 8-DIG</t>
+  </si>
+  <si>
+    <t>CALCULADORA CITIZEN LC-110N 8-DIG</t>
+  </si>
+  <si>
+    <t>CALCULADORA CITIZEN CT-300J 10-DIG</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIRFRYER ELECTROBRAS EBAF-44 4.4L 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE VOYAGER VR-98NC EMBUTIDO INFRAVERMELHO</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>L�MPADALED ECO.P 5928  15W/E27</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ECOPOWER EP-H112</t>
-[...5 lines deleted...]
-    <t>PARAFUSADEIRA RECARREGAVEL MEGA STAR FZ853</t>
+    <t>BATERIA LR1130 MAXELL CARTELA C/10P</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>SECADORA DE ROUPA DRYNG WARDR 2914  220V</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE ESTILETE 18MM (4 PCS)</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>BALAN�A DE PRECIS�O MEGA STAR BC50  500G</t>
-[...29 lines deleted...]
-    <t>KIT DE FERRAMENTAS COM MALETA WADFOW WHS3B85 / 85 PCS</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA MONDIAL FES-02 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAMARA IP XIAOMI MI MJSXJ11CM C400  360�/WH</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2225 USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO WADFOW WEB1550 52L 50X35X33</t>
+  </si>
+  <si>
+    <t>Cofre</t>
   </si>
   <si>
     <t>WADFOW</t>
   </si>
   <si>
-    <t>ESMERILHADEIRA WADFOW WAG15761 220V</t>
-[...14 lines deleted...]
-    <t>PENDRIVE SANDISK Z430 16GB USB 3.0 BLACK</t>
+    <t>COFRE ELETRONICO WADFOW WEB1535 27L 20X43X35</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO WADFOW WEB1525 19L 25X35X25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2555ef671dff6db514c6f946ac68aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b12e19a744eec4c167ad761aae3df31.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd56b69a368c98720395b8330660a02f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb83b817e4811eafe4ef939f5fc54c5c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cd9a7989456c11b67cf35f9b4b0c39.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47bedf4d13d1b818b8e07aa77dc9516d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c07000da98ab0eba610e413f7389913.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da53a31336650f28d9ad05daa76b64a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f1e058dfeee61538617aaf759f201a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11032be394c833f704eb95d7d731d624.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9708beee2e5959eca4a7295eaee1b86e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aed576bb7c2303ab1ae66a587a6c96c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03aefd5124edf4bf587c69a0bb1909b6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fecbca4b40f341e471a49452a1ecebf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3b333eadeb6029ca6afa3eac6e6c62.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a272f263ba53653970adf91c31c666.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e255f34273d50fd815d52951f51285.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f363603a55b70f28a75ca1160c082f03.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa32aa58e5314d4b0db09e587c208e7c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96db9ec980689062526e57214efb62c5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c94a3c18e8280ac981b2c5a036f079.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bb46aaaaa2d4e77293555576cb3555.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f34715fd277d357645eb16488194efb0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599d06b0e2189143ac5ea9b05f123f2f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30780de60d11990117043b502872bb17.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd7091fe5cedc3b76424d65c27703e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310ab213e497148aa1a7b8647cb70f55.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95430e769ae0e03e9bdb394c964c9c5c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97439a4492459cefa691c65e51d15fe1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b66570a3ccde48dc55b968ab231f87.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d623e65063881b1d3cc5dda5365720.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78e351ad642c5eb30ba0904b71b2fa8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4c8dc3c7e1f4b535eeeb53f161bf9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e712904967df0c9e7133b3eb24aea2c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7be1df6c365859fce1c2d5d21dd4e65.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c9e187ec3ecd02dfd620a247c9c3f0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b81c4c1d2d19b3f45c78f3771d703d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a03c1d3bd1f39fb05fa05423eb3e0b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c62b88eda88b221f6519ae4fa69dbe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e1825c5f41ddc7fda376a39c61eb8c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>512367</v>
+        <v>507936</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>58.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>512329</v>
+        <v>507929</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>63.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>512312</v>
+        <v>507905</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>512305</v>
+        <v>507844</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>68.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>512060</v>
+        <v>507813</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>511964</v>
+        <v>507806</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>6.6</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>511957</v>
+        <v>507783</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>69.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>511933</v>
+        <v>507769</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>59.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>511872</v>
+        <v>507653</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>511858</v>
+        <v>507264</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>1.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>511797</v>
+        <v>507110</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>511759</v>
+        <v>506960</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>5.75</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>511575</v>
+        <v>506946</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>39.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>511483</v>
+        <v>506885</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>511384</v>
+        <v>506786</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>15.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>511377</v>
+        <v>506625</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>29.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>511360</v>
+        <v>506328</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>511353</v>
+        <v>506311</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>511254</v>
+        <v>506304</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>7.96</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>511247</v>
+        <v>506298</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>5.9</v>
+        <v>48.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>