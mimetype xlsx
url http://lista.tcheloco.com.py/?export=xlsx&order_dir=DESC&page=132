--- v1 (2026-03-09)
+++ v2 (2026-03-09)
@@ -14,203 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 09/03/2026 00:32</t>
-[...20 lines deleted...]
-    <t>Hub</t>
+    <t>Lista gerada no: 09/03/2026 15:07</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENTIFICA CASIO FX85ES PLUS PRETO</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CELULAR LG B-220 3G / 2 SIM (BR)  / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 2720 FLIP  2 CHIP -  4G PRETO</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CELULAR  NOKIA 2660 FLIP /2 - CHIP / PRETO</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA BRITANIA BGR01P / GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART  HYE-B609T FHD / WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART BLULORY GLIFO 8 ULTRA  - PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>BLULORY</t>
+  </si>
+  <si>
+    <t>INVERSOR PROSPER P0220 12 V / 24V / 220V / 200W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PROPACK AAA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AQUECEDOR ECOPOWER EP-218 / 1200W / MULTI FUN��ES / 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONTROLE  DE RECPTOR BTV B13 ORIGINAL</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
+  </si>
+  <si>
+    <t>BTV</t>
+  </si>
+  <si>
+    <t>MOUSE SATE A-45G SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CALCULADORA CITIZEN SLD-7055 10-DIG</t>
-[...104 lines deleted...]
-    <t>COFRE ELETRONICO WADFOW WEB1525 19L 25X35X25</t>
+    <t>SPEAKER PAR PC SATELLIT AS-2301 USB</t>
+  </si>
+  <si>
+    <t>INATIVO Celulares SKY</t>
+  </si>
+  <si>
+    <t>CALCULADORA   CIENTIFICA  CASIO FX82ES PLUS AZUL</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO PROSPER P-6180</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>BATERIA MAXELL 44 (LR44)  CARTELA  COM 10 PIEZAS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>MALETA PARA NOTEBOOK 14.6" SOUDELOR (NILON)</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-085 BARBA / CABELO  DOURADO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA  WAER WA-2011 RECARREGAVEL GOLD  2V /  3 EM 1</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO IQ-06 (7DF)</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c94a3c18e8280ac981b2c5a036f079.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bb46aaaaa2d4e77293555576cb3555.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f34715fd277d357645eb16488194efb0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599d06b0e2189143ac5ea9b05f123f2f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30780de60d11990117043b502872bb17.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd7091fe5cedc3b76424d65c27703e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310ab213e497148aa1a7b8647cb70f55.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95430e769ae0e03e9bdb394c964c9c5c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97439a4492459cefa691c65e51d15fe1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b66570a3ccde48dc55b968ab231f87.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d623e65063881b1d3cc5dda5365720.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78e351ad642c5eb30ba0904b71b2fa8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4c8dc3c7e1f4b535eeeb53f161bf9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e712904967df0c9e7133b3eb24aea2c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7be1df6c365859fce1c2d5d21dd4e65.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c9e187ec3ecd02dfd620a247c9c3f0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b81c4c1d2d19b3f45c78f3771d703d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a03c1d3bd1f39fb05fa05423eb3e0b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c62b88eda88b221f6519ae4fa69dbe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e1825c5f41ddc7fda376a39c61eb8c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7057a9d98e3b3ab16bf3f47a8dd4913.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a8f1d1e12e74e0d3999473779d10cd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63cff350f28a4cd6731fea87f81dc13e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b333f200343aa94bffecb525dc9a791.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffed3647f905eec799e186772ac74795.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91cf6d09438651a1bbc2fd151c6a569a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5011a77d30e6b916f131e19151b9849b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cccf282e186a5262adf6f36fe1f95ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6dffb0c78c38c0fc54e30ffb5773b06.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163c49e77dc3899cb1696471acf6a2cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c684b2cc2a7e15dff38d578eedddd9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689347197edffa20e7ee367f3f53ac09.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6002753c21da3ac39008a6fd62a9cc3c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637690a8c74162a60663eed310a99a51.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e1f0207320f2749acf97b89bf9d8b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8631b6d5bb4791a09d86ec8cf30b09d3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a014515fee1b8e3a82f5ab9000a3056d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee30242dfd78fccef018a549a3ec9514.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3edca9f9784a60cc7acc8807c5199e1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00a2b554ec59a79a6280fa201444816.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>507936</v>
+        <v>506052</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>507929</v>
+        <v>506007</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>507905</v>
+        <v>505970</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>507844</v>
+        <v>505949</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4.95</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>507813</v>
+        <v>505871</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.65</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>507806</v>
+        <v>505796</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>1.06</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>507783</v>
+        <v>505765</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>1.9</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>507769</v>
+        <v>505642</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>507653</v>
+        <v>505420</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>36.5</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>507264</v>
+        <v>505369</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>507110</v>
+        <v>505321</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>1.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>506960</v>
+        <v>505284</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>2.65</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>506946</v>
+        <v>505239</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>506885</v>
+        <v>505161</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>1.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>506786</v>
+        <v>505154</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>33.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>506625</v>
+        <v>505017</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>40.0</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>506328</v>
+        <v>504997</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>47.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>506311</v>
+        <v>504881</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>85.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>506304</v>
+        <v>504867</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>62.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>506298</v>
+        <v>504812</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>48.0</v>
+        <v>13.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>