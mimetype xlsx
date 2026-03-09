--- v0 (2025-12-22)
+++ v1 (2026-03-09)
@@ -14,200 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 00:30</t>
-[...14 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 09/03/2026 00:13</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC77L USB/IPHONE/3.0A/22.5W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SECADOR DE CABELO PROSPER P-6606 2800W/110V/BLACK</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM006/HD/2MP/5-ANT/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA WIFI SATE A-CAM005/HD/2MP/3-ANT/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA WIFI SATE A-CAM004 EXTERIOR/HD/3MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA WIFI SATE A-CAM002 INTERIOR/HD/2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA WIFI COM CAMERA DE BASE SATE A-CAM001/HD/2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>RELOGIO DESPERTADOR CASIO TQ-218</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO JST-J47 UNICORNIO / BLUETOOTH / LED / PRETO</t>
-[...44 lines deleted...]
-    <t>Escovas Alisadoras</t>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO K1 3G / DUAL SIM / 4B / VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CABO UTP VOYAGER CAT-6 EXT. BLACK 305M</t>
+  </si>
+  <si>
+    <t>Cabo de Rede</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7019 BT/ SD/USB/7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-660 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL POLICE TUCANO TC-TX88</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL POLICE TUCANO TC-LS18</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z430 32GB (MICRO) BLACK</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-123 / VIDRO / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>ESCOVA ONIDA ON-8050 5 EM 1 / 110V</t>
-[...56 lines deleted...]
-    <t>TUCANO</t>
+    <t>JARRA ELETRICA ONIDA ON-123 / VIDRO / 110V</t>
+  </si>
+  <si>
+    <t>BARBEADOR VGR V-335 PROFISSIONAL/LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO - BARBA VGR V-653 PROFISSIONAL/PRETO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 8.5" LUO LU-A71</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4018608fa451cf8cb89abec9a8963f2a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40428a4a24bdd86858f7dd228ce2cb4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e6a46d0192295af6e4ecb93c84d68a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fba73df15eab8b3638e79b634ff271.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf94a9dc395054b1d4e36e08080b602.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6dd029c5a3014e49fc3f59d3231db72.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ba0adff69511affe20942cbfe876b5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b99698bb5f54148ee313798a530d83c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c3ce82c7d3434015f1e6e7371c046a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7defbd69c2fe7ac48672ce7d480520b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ef472a1dcaf976b2b863789c28f188.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa7220797ec6dfdb65e40a7695b0c608.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74cee9e59575e9a7332e649d87f0a6ec.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff3208dcd78121dc2316628381e222d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993466cdd5d8b60db6cd324ec3b2ce0a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb7b04a4cffb765f794469bb4db8c36.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828173b6fac159d0dea5556cdaaa50c6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b93048ff191bff1ee010e6b69bf3d5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d670b586c21b4b96d657ea34bcb76e67.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe797ea2eb70c0bc863c88139cd97d1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1974249863e1ccc53868876bc40dde7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8943c70b9317b33f28ddcff5d4763409.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746789a5871e74ce16e236d2fc205f5d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816b965ee691af26d9fb657e3ebf8d69.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075ef260dda53b6d61fca84467c6e04d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbd88b423a74c0c276e0242cad9581d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c00616db3f8b204c3df75a0e9377f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cab3dcc569386d1d5a8200a59cfd360.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f25c1c6473e5cbfca8dea895d60fea8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d548bfe479213d985085c63b3fac7f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afaf490c154ace966e2fc65c6165a32.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba0262d84c7ccb94c9ce2820141bd09.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02334d557010d3e728dbd3b406636117.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30be9d05534e651edc5fa2c91a85a01.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f420904464caefdea7bd5b9e007b86f7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa5c92f21a85e8199fcf485759fd82da.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eaaf9ffde0ad52b3e4ba3b88bda5b7c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63410269a47f8b22618d1e4724ee503a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcae238ad2a51f21a772f096587b33bb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f2ce0cb7974f174c4374e8ac58e551.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>513401</v>
+        <v>509152</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>513395</v>
+        <v>509107</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>513357</v>
+        <v>509091</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>513319</v>
+        <v>509084</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>513265</v>
+        <v>509077</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>513241</v>
+        <v>509053</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>513180</v>
+        <v>509046</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>513104</v>
+        <v>508889</v>
       </c>
       <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
         <v>21</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>13.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>513043</v>
+        <v>508872</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>58.0</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>513012</v>
+        <v>508735</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>513005</v>
+        <v>508704</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>32.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>512992</v>
+        <v>508681</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>31.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>512947</v>
+        <v>508643</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>13.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>512930</v>
+        <v>508629</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>512923</v>
+        <v>508599</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>512855</v>
+        <v>508216</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>35.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>512626</v>
+        <v>508209</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>512534</v>
+        <v>508155</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>58.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>512480</v>
+        <v>508148</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>11.75</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>512374</v>
+        <v>508001</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>42.0</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>