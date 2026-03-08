--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,197 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 01:07</t>
-[...47 lines deleted...]
-    <t>INICIO</t>
+    <t>Lista gerada no: 08/03/2026 07:15</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO SATE AB-21001 40KG 2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>BOLA DE VOLLEY N�5</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATERIA MAXELL CR1616 CARTELA C/ 5PCS</t>
+  </si>
+  <si>
+    <t>CARREGADORES/BATERIAS E PILHAS</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATE USB A-30 PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CORTADOR DE PAPEL SATE A-CUT004 220V/50Hz</t>
-[...44 lines deleted...]
-    <t>ALTO FALANTE  PIONEER 12"TS-W32S4  1500W  BOBINA SIMPLE</t>
+    <t>JARRA ELETRICA SMART XIAOMI MJHWSH02 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TWEETER JBL GTO-X34T 150W/50WRMS</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL 6.5" SHOCKWAVE 100W65 100WRMS CONE SECO</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
+    <t>ALTO FALANTE JBL 6"X9" STAGE3 9637F 75WRMS 3 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL 4" STAGE3 427F 150W/30WRMS 2VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL 6.5" GTO 629C KIT 60WRMS/180W 2VIAS</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NAM5210 7"/BLUETOOTH/ANDROID/IPHONE</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM 6.5" NAKAMICHI NBF17.0A - SLIM SUBWOOFER AMPLIFICADO</t>
+  </si>
+  <si>
+    <t>CABO RCA KIT RADIANT PRO RD-PRE8GA 1800WATT</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>RADIANT</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 6" TS-R1651S-2 300W 3 VIAS</t>
+  </si>
+  <si>
     <t>PIONEER</t>
   </si>
   <si>
-    <t>RADIO CAR JBL CELEBRITY 150/USB/BLUETOOTH/SD</t>
-[...17 lines deleted...]
-    <t>XIAOMI</t>
+    <t>ALTO FALANTE INFINITY  12" SUBWOOFER SLIM REF1200 1000W</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>AUTO FALANTE INFINTY 10"  SUBWOOFER SLIM REF1000S 800W</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE IFINITY 6.5" ALPHA 6530 290W 3VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE DE ALPHASONIK 6.5" AS26 3VIAS 350W</t>
+  </si>
+  <si>
+    <t>ALPHASONIK</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA BRITANIA POPFIT RED / 220V</t>
+  </si>
+  <si>
+    <t>Pipoqueira</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE C77 USB/3.0A/22.5W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5def798f93867e396357256cb7d01ba.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8fc984d918feab77b0de98999f8c6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47409885e2fa6bd3a505a53317d9fac4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadee3b055b467f777fddf1e0b5ff952.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274f04ff666bf6c993dd4b46cc55b2fa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e5b47d73af406aa2b2f1bcd5e80fda.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fe560cfb0cd3d15f40576edceb0f3d4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47edb3f168a231dfdc8058d817a8a700.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2114a3de88912ace4b3c3a7fbeea013.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418937e99b5ec8058787d479a4944196.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599fedd8095433f588e9e25366e57dc3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df4fd223dcc35542eedda2432864785a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc18563be9c61c9510ca90d9407624d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70315859b2eea232302649b712e6518.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88829d453e955d6de020d2436d0bccc8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1353e697d9fe2a615b2d7a4b70d2a9f0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700b438656087b6d244bfd55296d65c0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99e73169fd354f3561a16f7a47cad1a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2edc23a76e0c272844a05484c09ead7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276ee21e9b7c8cbd6cdabc713b3b52dd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c61740905b67175fcf430d38a84af8f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0afebf27e755bed1419d1579543fb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7046f70b34b06ba6718a01dd7d23f09d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc1ea67df36acc8ced5b86853dc03a0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326999e3f66164c5e0bad4952a86719e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0cb321208190e0b1f7076b9b288093.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dc5516c790000d71369c344f45b0ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e8261583d300e73169de2f1fbf480e3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de87344f43418443ef9f0c75aaa985ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ea98d5cedfeaa4ab47965b979c86bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a23eb9bba4c618c71a464591805a283.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd16afb02bd0310fa8b75ea9dc3a36d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7097dff87187300f2df3516b88b4ef.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abde8919893b203ed8dff7808221d21.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501256652d73d4cd2a5db764097b4c39.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f544f88057f5bf088e9ba184c20e49.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c7e78bf5a540d115e6008849bb6a16.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53de7ce94e2c28308cedf8f9b3ba3452.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cced20e4dd260f869d5cb9a0f5ea7b4f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cde8c085d109e15c13025bf3263f63e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>514323</v>
+        <v>510172</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>514248</v>
+        <v>510103</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>45.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>514231</v>
+        <v>510097</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>119.0</v>
+        <v>2.67</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>514200</v>
+        <v>510080</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>99.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>514149</v>
+        <v>510042</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>210.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>514118</v>
+        <v>509992</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>53.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>513999</v>
+        <v>509978</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>198.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>513982</v>
+        <v>509961</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>115.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>513975</v>
+        <v>509954</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>75.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>513968</v>
+        <v>509930</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>27.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>513944</v>
+        <v>509879</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>513937</v>
+        <v>509862</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>513845</v>
+        <v>509824</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>31.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>513814</v>
+        <v>509794</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>513661</v>
+        <v>509749</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>513586</v>
+        <v>509732</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>38.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>513487</v>
+        <v>509725</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
         <v>40</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>55.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>513470</v>
+        <v>509718</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>42.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>513463</v>
+        <v>509541</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>33.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>513432</v>
+        <v>509176</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>4.5</v>
+        <v>6.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>