--- v1 (2026-03-08)
+++ v2 (2026-03-09)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 08/03/2026 07:15</t>
+    <t>Lista gerada no: 09/03/2026 00:14</t>
   </si>
   <si>
     <t>BALAN�A DE MERCADO SATE AB-21001 40KG 2V</t>
   </si>
   <si>
     <t>Balan�as de Mercado</t>
   </si>
   <si>
     <t>BAK</t>
   </si>
   <si>
     <t>BOLA DE VOLLEY N�5</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>BATERIA MAXELL CR1616 CARTELA C/ 5PCS</t>
   </si>
   <si>
     <t>CARREGADORES/BATERIAS E PILHAS</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c61740905b67175fcf430d38a84af8f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0afebf27e755bed1419d1579543fb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7046f70b34b06ba6718a01dd7d23f09d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc1ea67df36acc8ced5b86853dc03a0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326999e3f66164c5e0bad4952a86719e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0cb321208190e0b1f7076b9b288093.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dc5516c790000d71369c344f45b0ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e8261583d300e73169de2f1fbf480e3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de87344f43418443ef9f0c75aaa985ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ea98d5cedfeaa4ab47965b979c86bf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a23eb9bba4c618c71a464591805a283.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd16afb02bd0310fa8b75ea9dc3a36d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7097dff87187300f2df3516b88b4ef.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abde8919893b203ed8dff7808221d21.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501256652d73d4cd2a5db764097b4c39.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f544f88057f5bf088e9ba184c20e49.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c7e78bf5a540d115e6008849bb6a16.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53de7ce94e2c28308cedf8f9b3ba3452.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cced20e4dd260f869d5cb9a0f5ea7b4f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cde8c085d109e15c13025bf3263f63e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3024d0febd4dc99f11ea4b19d90997.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527f8574967fecf6067180bd9298bb6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6383f90539551a350e743ac9be88560.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4fc340a353aabc48398f7c4208eda2f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e367e280bc7f34e3d4f2597ed35a36.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a811c4ee746217dfee1bdd2a7918af.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f496990d5133d6641b1a46803fe8b1f9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e03a7b364040e78ab7e234338ca3eff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26b0b244c329cf0d1f690643bbd4783.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325caa88a175646f3739de080886a107.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a7f05bd0f6fa94fa3c09d3859bfb7f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834077fb2725dcaf6a54a3168f69757c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324da21e14f1124ba6160a30133d3a5c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa37222a632025fd7bb0360902123181.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09483ba7092b365c40665d6e40fe04ba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15b24d944b8779d48eb8a93adf493c5d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b9446d02aaf907ad76307616cc1375.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ee3765437f4e3dc46d27ce119287adb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dc28a4de7fb69aa93ac8eb225bdb60c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bb57103ea1a2ae216bbb016bb92665.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>